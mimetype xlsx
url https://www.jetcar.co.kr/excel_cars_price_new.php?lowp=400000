--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -152,51 +152,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:L19"/>
+  <dimension ref="A1:L10"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="44"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="18"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="18"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="14"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="13" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>코드</t>
@@ -239,812 +239,414 @@
       </c>
       <c r="I1" s="2" t="inlineStr">
         <is>
           <t>주행거리</t>
         </is>
       </c>
       <c r="J1" s="2" t="inlineStr">
         <is>
           <t>개월</t>
         </is>
       </c>
       <c r="K1" s="2" t="inlineStr">
         <is>
           <t>보증금</t>
         </is>
       </c>
       <c r="L1" s="2" t="inlineStr">
         <is>
           <t>렌트비</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
-          <t>JET</t>
+          <t>EV</t>
         </is>
       </c>
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>116호6900</t>
+          <t>142호7091</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
-          <t>모닝 1.0 프레스티지 (브라운시트)</t>
+          <t>더 뉴기아 레이 2인승 밴 프레스티지 스페셜</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>칼라패키지(브라운)-컨비니언스, 16인치휠</t>
+          <t>기본형-내비게이션, 버튼시동팩</t>
         </is>
       </c>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
-          <t>흰색</t>
+          <t>검정</t>
         </is>
       </c>
       <c r="G2" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H2" s="3" t="inlineStr">
         <is>
-          <t>25년11월</t>
+          <t>25년02월</t>
         </is>
       </c>
       <c r="I2" s="3" t="inlineStr">
         <is>
-          <t>1,446KM</t>
+          <t>30,100KM</t>
         </is>
       </c>
       <c r="J2" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K2" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L2" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>400,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3"/>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K3" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L3" s="3" t="inlineStr">
         <is>
-          <t>460,000</t>
+          <t>360,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
-      <c r="A4" s="3"/>
-[...7 lines deleted...]
-      <c r="I4" s="3"/>
+      <c r="A4" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B4" s="4" t="inlineStr">
+        <is>
+          <t>116호6899</t>
+        </is>
+      </c>
+      <c r="C4" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴모닝(JA) 프레스티지</t>
+        </is>
+      </c>
+      <c r="D4" s="4" t="inlineStr">
+        <is>
+          <t>칼라패키지(브라운)-컨비니언스, 16인치휠</t>
+        </is>
+      </c>
+      <c r="E4" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F4" s="3" t="inlineStr">
+        <is>
+          <t>회색</t>
+        </is>
+      </c>
+      <c r="G4" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H4" s="3" t="inlineStr">
+        <is>
+          <t>25년11월</t>
+        </is>
+      </c>
+      <c r="I4" s="3" t="inlineStr">
+        <is>
+          <t>5,023KM</t>
+        </is>
+      </c>
       <c r="J4" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K4" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L4" s="3" t="inlineStr">
         <is>
-          <t>440,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3"/>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K5" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L5" s="3" t="inlineStr">
         <is>
-          <t>420,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K6" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L6" s="3" t="inlineStr">
         <is>
-          <t>400,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
-      <c r="A7" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A7" s="3"/>
+      <c r="B7" s="4"/>
+      <c r="C7" s="4"/>
       <c r="D7" s="4"/>
-      <c r="E7" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E7" s="3"/>
+      <c r="F7" s="3"/>
+      <c r="G7" s="3"/>
+      <c r="H7" s="3"/>
+      <c r="I7" s="3"/>
       <c r="J7" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K7" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L7" s="3" t="inlineStr">
         <is>
           <t>410,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3"/>
       <c r="B8" s="4"/>
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
       <c r="E8" s="3"/>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K8" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L8" s="3" t="inlineStr">
+        <is>
+          <t>390,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
+      <c r="A9" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B9" s="4" t="inlineStr">
+        <is>
+          <t>141하1641</t>
+        </is>
+      </c>
+      <c r="C9" s="4" t="inlineStr">
+        <is>
+          <t>모닝 어반 스탠다드</t>
+        </is>
+      </c>
+      <c r="D9" s="4"/>
+      <c r="E9" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F9" s="3" t="inlineStr">
+        <is>
+          <t>은색</t>
+        </is>
+      </c>
+      <c r="G9" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H9" s="3" t="inlineStr">
+        <is>
+          <t>22년01월</t>
+        </is>
+      </c>
+      <c r="I9" s="3" t="inlineStr">
+        <is>
+          <t>184,358KM</t>
+        </is>
+      </c>
+      <c r="J9" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K9" s="3" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="L9" s="3" t="inlineStr">
+        <is>
+          <t>410,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
+      <c r="A10" s="3"/>
+      <c r="B10" s="4"/>
+      <c r="C10" s="4"/>
+      <c r="D10" s="4"/>
+      <c r="E10" s="3"/>
+      <c r="F10" s="3"/>
+      <c r="G10" s="3"/>
+      <c r="H10" s="3"/>
+      <c r="I10" s="3"/>
+      <c r="J10" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K8" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="J9" s="3" t="inlineStr">
+      <c r="K10" s="3" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="K9" s="3" t="inlineStr">
-[...61 lines deleted...]
-      </c>
       <c r="L10" s="3" t="inlineStr">
-        <is>
-[...364 lines deleted...]
-      <c r="L19" s="3" t="inlineStr">
         <is>
           <t>390,000</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A2:A6"/>
-[...61 lines deleted...]
-    <mergeCell ref="I18:I19"/>
+    <mergeCell ref="A2:A3"/>
+    <mergeCell ref="B2:B3"/>
+    <mergeCell ref="C2:C3"/>
+    <mergeCell ref="D2:D3"/>
+    <mergeCell ref="E2:E3"/>
+    <mergeCell ref="F2:F3"/>
+    <mergeCell ref="G2:G3"/>
+    <mergeCell ref="H2:H3"/>
+    <mergeCell ref="I2:I3"/>
+    <mergeCell ref="A4:A8"/>
+    <mergeCell ref="B4:B8"/>
+    <mergeCell ref="C4:C8"/>
+    <mergeCell ref="D4:D8"/>
+    <mergeCell ref="E4:E8"/>
+    <mergeCell ref="F4:F8"/>
+    <mergeCell ref="G4:G8"/>
+    <mergeCell ref="H4:H8"/>
+    <mergeCell ref="I4:I8"/>
+    <mergeCell ref="A9:A10"/>
+    <mergeCell ref="B9:B10"/>
+    <mergeCell ref="C9:C10"/>
+    <mergeCell ref="D9:D10"/>
+    <mergeCell ref="E9:E10"/>
+    <mergeCell ref="F9:F10"/>
+    <mergeCell ref="G9:G10"/>
+    <mergeCell ref="H9:H10"/>
+    <mergeCell ref="I9:I10"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>