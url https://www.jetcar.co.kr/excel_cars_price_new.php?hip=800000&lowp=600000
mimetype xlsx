--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -152,51 +152,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:L243"/>
+  <dimension ref="A1:L265"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="44"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="18"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="18"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="14"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="13" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>코드</t>
@@ -239,9123 +239,9931 @@
       </c>
       <c r="I1" s="2" t="inlineStr">
         <is>
           <t>주행거리</t>
         </is>
       </c>
       <c r="J1" s="2" t="inlineStr">
         <is>
           <t>개월</t>
         </is>
       </c>
       <c r="K1" s="2" t="inlineStr">
         <is>
           <t>보증금</t>
         </is>
       </c>
       <c r="L1" s="2" t="inlineStr">
         <is>
           <t>렌트비</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
-          <t>EV</t>
+          <t>ai</t>
         </is>
       </c>
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>142호9516</t>
+          <t>임시번호</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
-          <t>더 뉴스포티지 하이브리드 2WD 프레스티지</t>
+          <t>셀토스 가솔린 1.6 2WD 트렌디 스노우 화이트 펄</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>기본형-내비게이션, 스타일</t>
+          <t>컨비니언스, 드라이브와이즈, 네비게이션</t>
         </is>
       </c>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>화이트펄</t>
         </is>
       </c>
       <c r="G2" s="3" t="inlineStr">
         <is>
-          <t>하이브리드</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H2" s="3" t="inlineStr">
         <is>
-          <t>25년12월</t>
+          <t>26년01월</t>
         </is>
       </c>
       <c r="I2" s="3" t="inlineStr">
         <is>
-          <t>30KM</t>
+          <t>10KM</t>
         </is>
       </c>
       <c r="J2" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K2" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L2" s="3" t="inlineStr">
         <is>
-          <t>920,000</t>
+          <t>680,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3"/>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K3" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L3" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K4" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L4" s="3" t="inlineStr">
         <is>
-          <t>799,000</t>
+          <t>610,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
-          <t>JET</t>
+          <t>EV</t>
         </is>
       </c>
       <c r="B5" s="4" t="inlineStr">
         <is>
-          <t>116호6924/6
-[...2 lines deleted...]
-974/6975</t>
+          <t>151호1367</t>
         </is>
       </c>
       <c r="C5" s="4" t="inlineStr">
         <is>
-          <t>QM6 GDE RE 클라우드펄 (브라운시트)</t>
+          <t>더 뉴아반떼(CN7) 스마트스트림 가솔린 1.6 인스퍼
+레이션</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>브라운시트, 매직테일게이트+사각지대경보, EA
-SYLIFE인포테인먼트, 주행보조시스템팩</t>
+          <t>선루프</t>
         </is>
       </c>
       <c r="E5" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
-          <t>흰색</t>
+          <t>회색</t>
         </is>
       </c>
       <c r="G5" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H5" s="3" t="inlineStr">
         <is>
-          <t>25년11월</t>
+          <t>26년02월</t>
         </is>
       </c>
       <c r="I5" s="3" t="inlineStr">
         <is>
-          <t>6KM</t>
+          <t>20KM</t>
         </is>
       </c>
       <c r="J5" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K5" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L5" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K6" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L6" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3"/>
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K7" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L7" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
-      <c r="A8" s="3"/>
-[...7 lines deleted...]
-      <c r="I8" s="3"/>
+      <c r="A8" s="3" t="inlineStr">
+        <is>
+          <t>GD</t>
+        </is>
+      </c>
+      <c r="B8" s="4" t="inlineStr">
+        <is>
+          <t>임시번호</t>
+        </is>
+      </c>
+      <c r="C8" s="4" t="inlineStr">
+        <is>
+          <t>The alll-new 셀토스 1.6 가솔린 프레스티지
+ 2WD 기본형</t>
+        </is>
+      </c>
+      <c r="D8" s="4" t="inlineStr">
+        <is>
+          <t>12.3인치 클러스터,드라이브와이즈,스타일,컴
+포트,파노라마썬루프</t>
+        </is>
+      </c>
+      <c r="E8" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F8" s="3" t="inlineStr">
+        <is>
+          <t>스노우화이트펄</t>
+        </is>
+      </c>
+      <c r="G8" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H8" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I8" s="3" t="inlineStr">
+        <is>
+          <t>15KM</t>
+        </is>
+      </c>
       <c r="J8" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K8" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L8" s="3" t="inlineStr">
         <is>
-          <t>640,000</t>
+          <t>846,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K9" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L9" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>816,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
-      <c r="A10" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A10" s="3"/>
+      <c r="B10" s="4"/>
+      <c r="C10" s="4"/>
       <c r="D10" s="4"/>
-      <c r="E10" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E10" s="3"/>
+      <c r="F10" s="3"/>
+      <c r="G10" s="3"/>
+      <c r="H10" s="3"/>
+      <c r="I10" s="3"/>
       <c r="J10" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K10" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L10" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>786,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3"/>
       <c r="B11" s="4"/>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K11" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L11" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>756,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3"/>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K12" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L12" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>726,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="3"/>
-[...7 lines deleted...]
-      <c r="I13" s="3"/>
+      <c r="A13" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B13" s="4" t="inlineStr">
+        <is>
+          <t>116호6973/6
+974/6975/6
+976/6977/6
+978/6979/6
+980/6981/6
+982/6984</t>
+        </is>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>QM6 GDE RE 클라우드펄 (브라운시트)</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>브라운시트, 매직테일게이트+사각지대경보, EA
+SYLIFE인포테인먼트, 주행보조시스템팩</t>
+        </is>
+      </c>
+      <c r="E13" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F13" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G13" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H13" s="3" t="inlineStr">
+        <is>
+          <t>25년12월</t>
+        </is>
+      </c>
+      <c r="I13" s="3" t="inlineStr">
+        <is>
+          <t>6KM</t>
+        </is>
+      </c>
       <c r="J13" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K13" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L13" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>680,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3"/>
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="3"/>
       <c r="F14" s="3"/>
       <c r="G14" s="3"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="J14" s="3" t="inlineStr">
         <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K14" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K14" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L14" s="3" t="inlineStr">
         <is>
-          <t>670,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A15" s="3"/>
+      <c r="B15" s="4"/>
+      <c r="C15" s="4"/>
+      <c r="D15" s="4"/>
+      <c r="E15" s="3"/>
+      <c r="F15" s="3"/>
+      <c r="G15" s="3"/>
+      <c r="H15" s="3"/>
+      <c r="I15" s="3"/>
       <c r="J15" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K15" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L15" s="3" t="inlineStr">
         <is>
-          <t>760,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3"/>
       <c r="B16" s="4"/>
       <c r="C16" s="4"/>
       <c r="D16" s="4"/>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K16" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L16" s="3" t="inlineStr">
         <is>
-          <t>740,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3"/>
       <c r="B17" s="4"/>
       <c r="C17" s="4"/>
       <c r="D17" s="4"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K17" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L17" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="3"/>
-[...1 lines deleted...]
-      <c r="C18" s="4"/>
+      <c r="A18" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B18" s="4" t="inlineStr">
+        <is>
+          <t>116호7435</t>
+        </is>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>디올뉴 그랜저 2.5 프리미엄 (블랙시트)</t>
+        </is>
+      </c>
       <c r="D18" s="4"/>
-      <c r="E18" s="3"/>
-[...3 lines deleted...]
-      <c r="I18" s="3"/>
+      <c r="E18" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F18" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G18" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H18" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I18" s="3" t="inlineStr">
+        <is>
+          <t>20KM</t>
+        </is>
+      </c>
       <c r="J18" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K18" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L18" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>920,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3"/>
       <c r="B19" s="4"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K19" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L19" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A20" s="3"/>
+      <c r="B20" s="4"/>
+      <c r="C20" s="4"/>
+      <c r="D20" s="4"/>
+      <c r="E20" s="3"/>
+      <c r="F20" s="3"/>
+      <c r="G20" s="3"/>
+      <c r="H20" s="3"/>
+      <c r="I20" s="3"/>
       <c r="J20" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K20" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L20" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>860,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3"/>
       <c r="B21" s="4"/>
       <c r="C21" s="4"/>
       <c r="D21" s="4"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K21" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L21" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3"/>
       <c r="B22" s="4"/>
       <c r="C22" s="4"/>
       <c r="D22" s="4"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K22" s="3" t="inlineStr">
         <is>
+          <t>120</t>
+        </is>
+      </c>
+      <c r="L22" s="3" t="inlineStr">
+        <is>
+          <t>800,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B23" s="4" t="inlineStr">
+        <is>
+          <t>116호7334</t>
+        </is>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>액티언 1.5T S8 (카멜베이지투톤시트)</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>카멜베이지투톤퀄팅인테리어, 딥컨트롤 패키지</t>
+        </is>
+      </c>
+      <c r="E23" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F23" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G23" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H23" s="3" t="inlineStr">
+        <is>
+          <t>26년02월</t>
+        </is>
+      </c>
+      <c r="I23" s="3" t="inlineStr">
+        <is>
+          <t>7KM</t>
+        </is>
+      </c>
+      <c r="J23" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K23" s="3" t="inlineStr">
+        <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L22" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="L23" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>780,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3"/>
       <c r="B24" s="4"/>
       <c r="C24" s="4"/>
       <c r="D24" s="4"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K24" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L24" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>760,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="3" t="inlineStr">
-[...45 lines deleted...]
-      </c>
+      <c r="A25" s="3"/>
+      <c r="B25" s="4"/>
+      <c r="C25" s="4"/>
+      <c r="D25" s="4"/>
+      <c r="E25" s="3"/>
+      <c r="F25" s="3"/>
+      <c r="G25" s="3"/>
+      <c r="H25" s="3"/>
+      <c r="I25" s="3"/>
       <c r="J25" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K25" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L25" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>740,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3"/>
       <c r="B26" s="4"/>
       <c r="C26" s="4"/>
       <c r="D26" s="4"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K26" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L26" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3"/>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K27" s="3" t="inlineStr">
         <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L27" s="3" t="inlineStr">
+        <is>
+          <t>700,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B28" s="4" t="inlineStr">
+        <is>
+          <t>116호6998</t>
+        </is>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>QM6 LPG RE 클라우드펄 (브라운시트)</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>브라운시트, 매직테일게이트, EASY LIFE
+  인포테인먼트팩</t>
+        </is>
+      </c>
+      <c r="E28" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F28" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G28" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H28" s="3" t="inlineStr">
+        <is>
+          <t>25년12월</t>
+        </is>
+      </c>
+      <c r="I28" s="3" t="inlineStr">
+        <is>
+          <t>12KM</t>
+        </is>
+      </c>
+      <c r="J28" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K28" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="L27" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="L28" s="3" t="inlineStr">
         <is>
-          <t>640,000</t>
+          <t>680,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3"/>
       <c r="B29" s="4"/>
       <c r="C29" s="4"/>
       <c r="D29" s="4"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3" t="inlineStr">
         <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K29" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K29" s="3" t="inlineStr">
+      <c r="L29" s="3" t="inlineStr">
+        <is>
+          <t>660,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="3"/>
+      <c r="B30" s="4"/>
+      <c r="C30" s="4"/>
+      <c r="D30" s="4"/>
+      <c r="E30" s="3"/>
+      <c r="F30" s="3"/>
+      <c r="G30" s="3"/>
+      <c r="H30" s="3"/>
+      <c r="I30" s="3"/>
+      <c r="J30" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K30" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
-      <c r="L29" s="3" t="inlineStr">
-[...61 lines deleted...]
-      </c>
       <c r="L30" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3"/>
       <c r="B31" s="4"/>
       <c r="C31" s="4"/>
       <c r="D31" s="4"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K31" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="L31" s="3" t="inlineStr">
         <is>
-          <t>670,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3"/>
       <c r="B32" s="4"/>
       <c r="C32" s="4"/>
       <c r="D32" s="4"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K32" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="L32" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="3"/>
-[...1 lines deleted...]
-      <c r="C33" s="4"/>
+      <c r="A33" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B33" s="4" t="inlineStr">
+        <is>
+          <t>116호7417 /
+ 7418 / 74
+19 / 7420 
+/ 7421</t>
+        </is>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>K8 2.5 베스트 셀렉션 (블랙시트)</t>
+        </is>
+      </c>
       <c r="D33" s="4"/>
-      <c r="E33" s="3"/>
-[...3 lines deleted...]
-      <c r="I33" s="3"/>
+      <c r="E33" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F33" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G33" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H33" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I33" s="3" t="inlineStr">
+        <is>
+          <t>8KM</t>
+        </is>
+      </c>
       <c r="J33" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K33" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L33" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3"/>
       <c r="B34" s="4"/>
       <c r="C34" s="4"/>
       <c r="D34" s="4"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="J34" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K34" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L34" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>860,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="3" t="inlineStr">
-[...46 lines deleted...]
-      </c>
+      <c r="A35" s="3"/>
+      <c r="B35" s="4"/>
+      <c r="C35" s="4"/>
+      <c r="D35" s="4"/>
+      <c r="E35" s="3"/>
+      <c r="F35" s="3"/>
+      <c r="G35" s="3"/>
+      <c r="H35" s="3"/>
+      <c r="I35" s="3"/>
       <c r="J35" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K35" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L35" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3"/>
       <c r="B36" s="4"/>
       <c r="C36" s="4"/>
       <c r="D36" s="4"/>
       <c r="E36" s="3"/>
       <c r="F36" s="3"/>
       <c r="G36" s="3"/>
       <c r="H36" s="3"/>
       <c r="I36" s="3"/>
       <c r="J36" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K36" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L36" s="3" t="inlineStr">
         <is>
-          <t>670,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3"/>
       <c r="B37" s="4"/>
       <c r="C37" s="4"/>
       <c r="D37" s="4"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K37" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L37" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>770,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="3"/>
-[...1 lines deleted...]
-      <c r="C38" s="4"/>
+      <c r="A38" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B38" s="4" t="inlineStr">
+        <is>
+          <t>116호7423</t>
+        </is>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>K8 2.5 베스트 셀렉션 (블랙시트)</t>
+        </is>
+      </c>
       <c r="D38" s="4"/>
-      <c r="E38" s="3"/>
-[...3 lines deleted...]
-      <c r="I38" s="3"/>
+      <c r="E38" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F38" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G38" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H38" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I38" s="3" t="inlineStr">
+        <is>
+          <t>8KM</t>
+        </is>
+      </c>
       <c r="J38" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K38" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L38" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3"/>
       <c r="B39" s="4"/>
       <c r="C39" s="4"/>
       <c r="D39" s="4"/>
       <c r="E39" s="3"/>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="3"/>
       <c r="J39" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K39" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L39" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>860,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A40" s="3"/>
+      <c r="B40" s="4"/>
+      <c r="C40" s="4"/>
+      <c r="D40" s="4"/>
+      <c r="E40" s="3"/>
+      <c r="F40" s="3"/>
+      <c r="G40" s="3"/>
+      <c r="H40" s="3"/>
+      <c r="I40" s="3"/>
       <c r="J40" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K40" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L40" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3"/>
       <c r="B41" s="4"/>
       <c r="C41" s="4"/>
       <c r="D41" s="4"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K41" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L41" s="3" t="inlineStr">
         <is>
-          <t>670,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3"/>
       <c r="B42" s="4"/>
       <c r="C42" s="4"/>
       <c r="D42" s="4"/>
       <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
       <c r="I42" s="3"/>
       <c r="J42" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K42" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L42" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>770,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="3"/>
-[...1 lines deleted...]
-      <c r="C43" s="4"/>
+      <c r="A43" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B43" s="4" t="inlineStr">
+        <is>
+          <t>116호7415 /
+ 7416</t>
+        </is>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>K8 2.5 베스트 셀렉션 인터스텔라그레이 (블랙시트)</t>
+        </is>
+      </c>
       <c r="D43" s="4"/>
-      <c r="E43" s="3"/>
-[...3 lines deleted...]
-      <c r="I43" s="3"/>
+      <c r="E43" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F43" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G43" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H43" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I43" s="3" t="inlineStr">
+        <is>
+          <t>12KM</t>
+        </is>
+      </c>
       <c r="J43" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K43" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L43" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3"/>
       <c r="B44" s="4"/>
       <c r="C44" s="4"/>
       <c r="D44" s="4"/>
       <c r="E44" s="3"/>
       <c r="F44" s="3"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3"/>
       <c r="I44" s="3"/>
       <c r="J44" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K44" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L44" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>860,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A45" s="3"/>
+      <c r="B45" s="4"/>
+      <c r="C45" s="4"/>
       <c r="D45" s="4"/>
-      <c r="E45" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E45" s="3"/>
+      <c r="F45" s="3"/>
+      <c r="G45" s="3"/>
+      <c r="H45" s="3"/>
+      <c r="I45" s="3"/>
       <c r="J45" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K45" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L45" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3"/>
       <c r="B46" s="4"/>
       <c r="C46" s="4"/>
       <c r="D46" s="4"/>
       <c r="E46" s="3"/>
       <c r="F46" s="3"/>
       <c r="G46" s="3"/>
       <c r="H46" s="3"/>
       <c r="I46" s="3"/>
       <c r="J46" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K46" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L46" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3"/>
       <c r="B47" s="4"/>
       <c r="C47" s="4"/>
       <c r="D47" s="4"/>
       <c r="E47" s="3"/>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
       <c r="H47" s="3"/>
       <c r="I47" s="3"/>
       <c r="J47" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K47" s="3" t="inlineStr">
         <is>
+          <t>130</t>
+        </is>
+      </c>
+      <c r="L47" s="3" t="inlineStr">
+        <is>
+          <t>770,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B48" s="4" t="inlineStr">
+        <is>
+          <t>임시번호</t>
+        </is>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>액티언 하이브리드 1.5T S8 (카멜베이지투톤시트)</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>카멜베이지투톤퀄팅인테리어,  딥컨트롤 패키지 
+2</t>
+        </is>
+      </c>
+      <c r="E48" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F48" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G48" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H48" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I48" s="3" t="inlineStr">
+        <is>
+          <t>9KM</t>
+        </is>
+      </c>
+      <c r="J48" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K48" s="3" t="inlineStr">
+        <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L47" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="L48" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>825,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3"/>
       <c r="B49" s="4"/>
       <c r="C49" s="4"/>
       <c r="D49" s="4"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K49" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L49" s="3" t="inlineStr">
         <is>
-          <t>670,000</t>
+          <t>805,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A50" s="3"/>
+      <c r="B50" s="4"/>
+      <c r="C50" s="4"/>
       <c r="D50" s="4"/>
-      <c r="E50" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E50" s="3"/>
+      <c r="F50" s="3"/>
+      <c r="G50" s="3"/>
+      <c r="H50" s="3"/>
+      <c r="I50" s="3"/>
       <c r="J50" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K50" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L50" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>785,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3"/>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3"/>
       <c r="I51" s="3"/>
       <c r="J51" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K51" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L51" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>765,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3"/>
       <c r="B52" s="4"/>
       <c r="C52" s="4"/>
       <c r="D52" s="4"/>
       <c r="E52" s="3"/>
       <c r="F52" s="3"/>
       <c r="G52" s="3"/>
       <c r="H52" s="3"/>
       <c r="I52" s="3"/>
       <c r="J52" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K52" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L52" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>745,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="3"/>
-[...7 lines deleted...]
-      <c r="I53" s="3"/>
+      <c r="A53" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B53" s="4" t="inlineStr">
+        <is>
+          <t>116호7300</t>
+        </is>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>더뉴 토레스 하이브리드 1.5 T5 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>밸류업패키지 12.3인치내비 어탭티브크루즈컨트
+롤</t>
+        </is>
+      </c>
+      <c r="E53" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F53" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G53" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H53" s="3" t="inlineStr">
+        <is>
+          <t>26년02월</t>
+        </is>
+      </c>
+      <c r="I53" s="3" t="inlineStr">
+        <is>
+          <t>6KM</t>
+        </is>
+      </c>
       <c r="J53" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K53" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L53" s="3" t="inlineStr">
         <is>
-          <t>840,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3"/>
       <c r="B54" s="4"/>
       <c r="C54" s="4"/>
       <c r="D54" s="4"/>
       <c r="E54" s="3"/>
       <c r="F54" s="3"/>
       <c r="G54" s="3"/>
       <c r="H54" s="3"/>
       <c r="I54" s="3"/>
       <c r="J54" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K54" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L54" s="3" t="inlineStr">
         <is>
-          <t>800,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A55" s="3"/>
+      <c r="B55" s="4"/>
+      <c r="C55" s="4"/>
       <c r="D55" s="4"/>
-      <c r="E55" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E55" s="3"/>
+      <c r="F55" s="3"/>
+      <c r="G55" s="3"/>
+      <c r="H55" s="3"/>
+      <c r="I55" s="3"/>
       <c r="J55" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K55" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L55" s="3" t="inlineStr">
         <is>
-          <t>725,000</t>
+          <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3"/>
       <c r="B56" s="4"/>
       <c r="C56" s="4"/>
       <c r="D56" s="4"/>
       <c r="E56" s="3"/>
       <c r="F56" s="3"/>
       <c r="G56" s="3"/>
       <c r="H56" s="3"/>
       <c r="I56" s="3"/>
       <c r="J56" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K56" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L56" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3"/>
       <c r="B57" s="4"/>
       <c r="C57" s="4"/>
       <c r="D57" s="4"/>
       <c r="E57" s="3"/>
       <c r="F57" s="3"/>
       <c r="G57" s="3"/>
       <c r="H57" s="3"/>
       <c r="I57" s="3"/>
       <c r="J57" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K57" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L57" s="3" t="inlineStr">
         <is>
-          <t>675,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="3"/>
-[...7 lines deleted...]
-      <c r="I58" s="3"/>
+      <c r="A58" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B58" s="4" t="inlineStr">
+        <is>
+          <t>116호7301/7
+302</t>
+        </is>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>더뉴 토레스 하이브리드 1.5 T5 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>밸류업패키지 12.3인치내비 어탭티브크루즈컨트
+롤</t>
+        </is>
+      </c>
+      <c r="E58" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F58" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G58" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H58" s="3" t="inlineStr">
+        <is>
+          <t>26년02월</t>
+        </is>
+      </c>
+      <c r="I58" s="3" t="inlineStr">
+        <is>
+          <t>6KM</t>
+        </is>
+      </c>
       <c r="J58" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K58" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L58" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3"/>
       <c r="B59" s="4"/>
       <c r="C59" s="4"/>
       <c r="D59" s="4"/>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3"/>
       <c r="I59" s="3"/>
       <c r="J59" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K59" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L59" s="3" t="inlineStr">
         <is>
-          <t>625,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A60" s="3"/>
+      <c r="B60" s="4"/>
+      <c r="C60" s="4"/>
       <c r="D60" s="4"/>
-      <c r="E60" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E60" s="3"/>
+      <c r="F60" s="3"/>
+      <c r="G60" s="3"/>
+      <c r="H60" s="3"/>
+      <c r="I60" s="3"/>
       <c r="J60" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K60" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L60" s="3" t="inlineStr">
         <is>
-          <t>910,000</t>
+          <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3"/>
       <c r="B61" s="4"/>
       <c r="C61" s="4"/>
       <c r="D61" s="4"/>
       <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
       <c r="I61" s="3"/>
       <c r="J61" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K61" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L61" s="3" t="inlineStr">
         <is>
-          <t>880,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3"/>
       <c r="B62" s="4"/>
       <c r="C62" s="4"/>
       <c r="D62" s="4"/>
       <c r="E62" s="3"/>
       <c r="F62" s="3"/>
       <c r="G62" s="3"/>
       <c r="H62" s="3"/>
       <c r="I62" s="3"/>
       <c r="J62" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K62" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L62" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="3"/>
-[...7 lines deleted...]
-      <c r="I63" s="3"/>
+      <c r="A63" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B63" s="4" t="inlineStr">
+        <is>
+          <t>임시번호</t>
+        </is>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>액티언 하이브리드 1.5T S8 (카멜베이지투톤시트)</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>카멜베이지투톤퀄팅인테리어, 딥컨트롤 패키지 2</t>
+        </is>
+      </c>
+      <c r="E63" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F63" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G63" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H63" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I63" s="3" t="inlineStr">
+        <is>
+          <t>6KM</t>
+        </is>
+      </c>
       <c r="J63" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K63" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L63" s="3" t="inlineStr">
         <is>
-          <t>820,000</t>
+          <t>825,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3"/>
       <c r="B64" s="4"/>
       <c r="C64" s="4"/>
       <c r="D64" s="4"/>
       <c r="E64" s="3"/>
       <c r="F64" s="3"/>
       <c r="G64" s="3"/>
       <c r="H64" s="3"/>
       <c r="I64" s="3"/>
       <c r="J64" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K64" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L64" s="3" t="inlineStr">
         <is>
-          <t>780,000</t>
+          <t>805,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="3" t="inlineStr">
-[...14 lines deleted...]
-      </c>
+      <c r="A65" s="3"/>
+      <c r="B65" s="4"/>
+      <c r="C65" s="4"/>
       <c r="D65" s="4"/>
-      <c r="E65" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E65" s="3"/>
+      <c r="F65" s="3"/>
+      <c r="G65" s="3"/>
+      <c r="H65" s="3"/>
+      <c r="I65" s="3"/>
       <c r="J65" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K65" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L65" s="3" t="inlineStr">
         <is>
-          <t>725,000</t>
+          <t>785,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3"/>
       <c r="B66" s="4"/>
       <c r="C66" s="4"/>
       <c r="D66" s="4"/>
       <c r="E66" s="3"/>
       <c r="F66" s="3"/>
       <c r="G66" s="3"/>
       <c r="H66" s="3"/>
       <c r="I66" s="3"/>
       <c r="J66" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K66" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L66" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>765,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3"/>
       <c r="B67" s="4"/>
       <c r="C67" s="4"/>
       <c r="D67" s="4"/>
       <c r="E67" s="3"/>
       <c r="F67" s="3"/>
       <c r="G67" s="3"/>
       <c r="H67" s="3"/>
       <c r="I67" s="3"/>
       <c r="J67" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K67" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L67" s="3" t="inlineStr">
         <is>
-          <t>675,000</t>
+          <t>745,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="3"/>
-[...1 lines deleted...]
-      <c r="C68" s="4"/>
+      <c r="A68" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B68" s="4" t="inlineStr">
+        <is>
+          <t>116호7337</t>
+        </is>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>액티언 1.5T S8 </t>
+        </is>
+      </c>
       <c r="D68" s="4"/>
-      <c r="E68" s="3"/>
-[...3 lines deleted...]
-      <c r="I68" s="3"/>
+      <c r="E68" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F68" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G68" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H68" s="3" t="inlineStr">
+        <is>
+          <t>26년02월</t>
+        </is>
+      </c>
+      <c r="I68" s="3" t="inlineStr">
+        <is>
+          <t>6KM</t>
+        </is>
+      </c>
       <c r="J68" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K68" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L68" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>770,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3"/>
       <c r="B69" s="4"/>
       <c r="C69" s="4"/>
       <c r="D69" s="4"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K69" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L69" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A70" s="3"/>
+      <c r="B70" s="4"/>
+      <c r="C70" s="4"/>
       <c r="D70" s="4"/>
-      <c r="E70" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E70" s="3"/>
+      <c r="F70" s="3"/>
+      <c r="G70" s="3"/>
+      <c r="H70" s="3"/>
+      <c r="I70" s="3"/>
       <c r="J70" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K70" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L70" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3"/>
       <c r="B71" s="4"/>
       <c r="C71" s="4"/>
       <c r="D71" s="4"/>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="J71" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K71" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L71" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3"/>
       <c r="B72" s="4"/>
       <c r="C72" s="4"/>
       <c r="D72" s="4"/>
       <c r="E72" s="3"/>
       <c r="F72" s="3"/>
       <c r="G72" s="3"/>
       <c r="H72" s="3"/>
       <c r="I72" s="3"/>
       <c r="J72" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K72" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L72" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="3"/>
-[...1 lines deleted...]
-      <c r="C73" s="4"/>
+      <c r="A73" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B73" s="4" t="inlineStr">
+        <is>
+          <t>116호7372</t>
+        </is>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>디올뉴 그랜저 2.5 프리미엄 (블랙시트)</t>
+        </is>
+      </c>
       <c r="D73" s="4"/>
-      <c r="E73" s="3"/>
-[...3 lines deleted...]
-      <c r="I73" s="3"/>
+      <c r="E73" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F73" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G73" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H73" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I73" s="3" t="inlineStr">
+        <is>
+          <t>11KM</t>
+        </is>
+      </c>
       <c r="J73" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K73" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L73" s="3" t="inlineStr">
         <is>
-          <t>840,000</t>
+          <t>920,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3"/>
       <c r="B74" s="4"/>
       <c r="C74" s="4"/>
       <c r="D74" s="4"/>
       <c r="E74" s="3"/>
       <c r="F74" s="3"/>
       <c r="G74" s="3"/>
       <c r="H74" s="3"/>
       <c r="I74" s="3"/>
       <c r="J74" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K74" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L74" s="3" t="inlineStr">
         <is>
-          <t>800,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A75" s="3"/>
+      <c r="B75" s="4"/>
+      <c r="C75" s="4"/>
       <c r="D75" s="4"/>
-      <c r="E75" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E75" s="3"/>
+      <c r="F75" s="3"/>
+      <c r="G75" s="3"/>
+      <c r="H75" s="3"/>
+      <c r="I75" s="3"/>
       <c r="J75" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K75" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L75" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>860,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3"/>
       <c r="B76" s="4"/>
       <c r="C76" s="4"/>
       <c r="D76" s="4"/>
       <c r="E76" s="3"/>
       <c r="F76" s="3"/>
       <c r="G76" s="3"/>
       <c r="H76" s="3"/>
       <c r="I76" s="3"/>
       <c r="J76" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K76" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L76" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3"/>
       <c r="B77" s="4"/>
       <c r="C77" s="4"/>
       <c r="D77" s="4"/>
       <c r="E77" s="3"/>
       <c r="F77" s="3"/>
       <c r="G77" s="3"/>
       <c r="H77" s="3"/>
       <c r="I77" s="3"/>
       <c r="J77" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K77" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L77" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="3"/>
-[...7 lines deleted...]
-      <c r="I78" s="3"/>
+      <c r="A78" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B78" s="4" t="inlineStr">
+        <is>
+          <t>116호7440 /
+ 7441 / 74
+42</t>
+        </is>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>쏘렌토 2.5T 프레스티지 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>12.3인치클러스터, 드라이브와이즈</t>
+        </is>
+      </c>
+      <c r="E78" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F78" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G78" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H78" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I78" s="3" t="inlineStr">
+        <is>
+          <t>7KM</t>
+        </is>
+      </c>
       <c r="J78" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K78" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L78" s="3" t="inlineStr">
         <is>
-          <t>840,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3"/>
       <c r="B79" s="4"/>
       <c r="C79" s="4"/>
       <c r="D79" s="4"/>
       <c r="E79" s="3"/>
       <c r="F79" s="3"/>
       <c r="G79" s="3"/>
       <c r="H79" s="3"/>
       <c r="I79" s="3"/>
       <c r="J79" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K79" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L79" s="3" t="inlineStr">
         <is>
-          <t>800,000</t>
+          <t>860,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A80" s="3"/>
+      <c r="B80" s="4"/>
+      <c r="C80" s="4"/>
+      <c r="D80" s="4"/>
+      <c r="E80" s="3"/>
+      <c r="F80" s="3"/>
+      <c r="G80" s="3"/>
+      <c r="H80" s="3"/>
+      <c r="I80" s="3"/>
       <c r="J80" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K80" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L80" s="3" t="inlineStr">
         <is>
-          <t>820,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3"/>
       <c r="B81" s="4"/>
       <c r="C81" s="4"/>
       <c r="D81" s="4"/>
       <c r="E81" s="3"/>
       <c r="F81" s="3"/>
       <c r="G81" s="3"/>
       <c r="H81" s="3"/>
       <c r="I81" s="3"/>
       <c r="J81" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K81" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L81" s="3" t="inlineStr">
         <is>
           <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3"/>
       <c r="B82" s="4"/>
       <c r="C82" s="4"/>
       <c r="D82" s="4"/>
       <c r="E82" s="3"/>
       <c r="F82" s="3"/>
       <c r="G82" s="3"/>
       <c r="H82" s="3"/>
       <c r="I82" s="3"/>
       <c r="J82" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K82" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L82" s="3" t="inlineStr">
         <is>
-          <t>780,000</t>
+          <t>770,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="3"/>
-[...7 lines deleted...]
-      <c r="I83" s="3"/>
+      <c r="A83" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B83" s="4" t="inlineStr">
+        <is>
+          <t>116호7414</t>
+        </is>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>K5 LPG 프레스티지</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>SBW팩, 드라이브와이즈</t>
+        </is>
+      </c>
+      <c r="E83" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F83" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G83" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H83" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I83" s="3" t="inlineStr">
+        <is>
+          <t>16KM</t>
+        </is>
+      </c>
       <c r="J83" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K83" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L83" s="3" t="inlineStr">
         <is>
-          <t>760,000</t>
+          <t>735,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3"/>
       <c r="B84" s="4"/>
       <c r="C84" s="4"/>
       <c r="D84" s="4"/>
       <c r="E84" s="3"/>
       <c r="F84" s="3"/>
       <c r="G84" s="3"/>
       <c r="H84" s="3"/>
       <c r="I84" s="3"/>
       <c r="J84" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K84" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L84" s="3" t="inlineStr">
         <is>
-          <t>740,000</t>
+          <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A85" s="3"/>
+      <c r="B85" s="4"/>
+      <c r="C85" s="4"/>
+      <c r="D85" s="4"/>
+      <c r="E85" s="3"/>
+      <c r="F85" s="3"/>
+      <c r="G85" s="3"/>
+      <c r="H85" s="3"/>
+      <c r="I85" s="3"/>
       <c r="J85" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K85" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L85" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>685,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3"/>
       <c r="B86" s="4"/>
       <c r="C86" s="4"/>
       <c r="D86" s="4"/>
       <c r="E86" s="3"/>
       <c r="F86" s="3"/>
       <c r="G86" s="3"/>
       <c r="H86" s="3"/>
       <c r="I86" s="3"/>
       <c r="J86" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K86" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L86" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3"/>
       <c r="B87" s="4"/>
       <c r="C87" s="4"/>
       <c r="D87" s="4"/>
       <c r="E87" s="3"/>
       <c r="F87" s="3"/>
       <c r="G87" s="3"/>
       <c r="H87" s="3"/>
       <c r="I87" s="3"/>
       <c r="J87" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K87" s="3" t="inlineStr">
         <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="L87" s="3" t="inlineStr">
+        <is>
+          <t>635,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B88" s="4" t="inlineStr">
+        <is>
+          <t>116호7445</t>
+        </is>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>쏘나타 디엣지 2.0 S</t>
+        </is>
+      </c>
+      <c r="D88" s="4"/>
+      <c r="E88" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F88" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G88" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H88" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I88" s="3" t="inlineStr">
+        <is>
+          <t>12KM</t>
+        </is>
+      </c>
+      <c r="J88" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K88" s="3" t="inlineStr">
+        <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L87" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="L88" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>745,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3"/>
       <c r="B89" s="4"/>
       <c r="C89" s="4"/>
       <c r="D89" s="4"/>
       <c r="E89" s="3"/>
       <c r="F89" s="3"/>
       <c r="G89" s="3"/>
       <c r="H89" s="3"/>
       <c r="I89" s="3"/>
       <c r="J89" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K89" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L89" s="3" t="inlineStr">
         <is>
-          <t>670,000</t>
+          <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A90" s="3"/>
+      <c r="B90" s="4"/>
+      <c r="C90" s="4"/>
+      <c r="D90" s="4"/>
+      <c r="E90" s="3"/>
+      <c r="F90" s="3"/>
+      <c r="G90" s="3"/>
+      <c r="H90" s="3"/>
+      <c r="I90" s="3"/>
       <c r="J90" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K90" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L90" s="3" t="inlineStr">
         <is>
-          <t>890,000</t>
+          <t>695,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3"/>
       <c r="B91" s="4"/>
       <c r="C91" s="4"/>
       <c r="D91" s="4"/>
       <c r="E91" s="3"/>
       <c r="F91" s="3"/>
       <c r="G91" s="3"/>
       <c r="H91" s="3"/>
       <c r="I91" s="3"/>
       <c r="J91" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K91" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L91" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A92" s="3"/>
+      <c r="B92" s="4"/>
+      <c r="C92" s="4"/>
+      <c r="D92" s="4"/>
+      <c r="E92" s="3"/>
+      <c r="F92" s="3"/>
+      <c r="G92" s="3"/>
+      <c r="H92" s="3"/>
+      <c r="I92" s="3"/>
       <c r="J92" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K92" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L92" s="3" t="inlineStr">
         <is>
-          <t>890,000</t>
+          <t>645,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="3"/>
-[...7 lines deleted...]
-      <c r="I93" s="3"/>
+      <c r="A93" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B93" s="4" t="inlineStr">
+        <is>
+          <t>116호7444</t>
+        </is>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>쏘나타 디엣지 렌터카 LPI 2.0 비즈니스1</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>하이패스, 내비게이션, 컴포트, 현대스마트센스</t>
+        </is>
+      </c>
+      <c r="E93" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F93" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G93" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H93" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I93" s="3" t="inlineStr">
+        <is>
+          <t>7KM</t>
+        </is>
+      </c>
       <c r="J93" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K93" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L93" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>735,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A94" s="3"/>
+      <c r="B94" s="4"/>
+      <c r="C94" s="4"/>
+      <c r="D94" s="4"/>
+      <c r="E94" s="3"/>
+      <c r="F94" s="3"/>
+      <c r="G94" s="3"/>
+      <c r="H94" s="3"/>
+      <c r="I94" s="3"/>
       <c r="J94" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K94" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L94" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3"/>
       <c r="B95" s="4"/>
       <c r="C95" s="4"/>
       <c r="D95" s="4"/>
       <c r="E95" s="3"/>
       <c r="F95" s="3"/>
       <c r="G95" s="3"/>
       <c r="H95" s="3"/>
       <c r="I95" s="3"/>
       <c r="J95" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K95" s="3" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="L95" s="3" t="inlineStr">
+        <is>
+          <t>685,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="3"/>
+      <c r="B96" s="4"/>
+      <c r="C96" s="4"/>
+      <c r="D96" s="4"/>
+      <c r="E96" s="3"/>
+      <c r="F96" s="3"/>
+      <c r="G96" s="3"/>
+      <c r="H96" s="3"/>
+      <c r="I96" s="3"/>
+      <c r="J96" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K95" s="3" t="inlineStr">
-[...60 lines deleted...]
-      </c>
       <c r="K96" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L96" s="3" t="inlineStr">
         <is>
-          <t>800,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3"/>
       <c r="B97" s="4"/>
       <c r="C97" s="4"/>
       <c r="D97" s="4"/>
       <c r="E97" s="3"/>
       <c r="F97" s="3"/>
       <c r="G97" s="3"/>
       <c r="H97" s="3"/>
       <c r="I97" s="3"/>
       <c r="J97" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K97" s="3" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="L97" s="3" t="inlineStr">
+        <is>
+          <t>635,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B98" s="4" t="inlineStr">
+        <is>
+          <t>116호7460</t>
+        </is>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>셀토스 1.6 트렌디 (신형)</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스, 내비게이션</t>
+        </is>
+      </c>
+      <c r="E98" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F98" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G98" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H98" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I98" s="3" t="inlineStr">
+        <is>
+          <t>9KM</t>
+        </is>
+      </c>
+      <c r="J98" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K98" s="3" t="inlineStr">
+        <is>
+          <t>90</t>
+        </is>
+      </c>
+      <c r="L98" s="3" t="inlineStr">
+        <is>
+          <t>680,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="3"/>
+      <c r="B99" s="4"/>
+      <c r="C99" s="4"/>
+      <c r="D99" s="4"/>
+      <c r="E99" s="3"/>
+      <c r="F99" s="3"/>
+      <c r="G99" s="3"/>
+      <c r="H99" s="3"/>
+      <c r="I99" s="3"/>
+      <c r="J99" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K97" s="3" t="inlineStr">
-[...83 lines deleted...]
-      </c>
       <c r="K99" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L99" s="3" t="inlineStr">
         <is>
-          <t>880,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3"/>
       <c r="B100" s="4"/>
       <c r="C100" s="4"/>
       <c r="D100" s="4"/>
       <c r="E100" s="3"/>
       <c r="F100" s="3"/>
       <c r="G100" s="3"/>
       <c r="H100" s="3"/>
       <c r="I100" s="3"/>
       <c r="J100" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K100" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L100" s="3" t="inlineStr">
         <is>
-          <t>780,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3"/>
       <c r="B101" s="4"/>
       <c r="C101" s="4"/>
       <c r="D101" s="4"/>
       <c r="E101" s="3"/>
       <c r="F101" s="3"/>
       <c r="G101" s="3"/>
       <c r="H101" s="3"/>
       <c r="I101" s="3"/>
       <c r="J101" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K101" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L101" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3"/>
       <c r="B102" s="4"/>
       <c r="C102" s="4"/>
       <c r="D102" s="4"/>
       <c r="E102" s="3"/>
       <c r="F102" s="3"/>
       <c r="G102" s="3"/>
       <c r="H102" s="3"/>
       <c r="I102" s="3"/>
       <c r="J102" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K102" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L102" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="3"/>
-[...7 lines deleted...]
-      <c r="I103" s="3"/>
+      <c r="A103" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B103" s="4" t="inlineStr">
+        <is>
+          <t>116호7448</t>
+        </is>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>싼타페 2.5T 익스클루시브</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>빌트인캠 증강현실내비, 파킹어시스트플러스1, 
+헤드업디스플레이</t>
+        </is>
+      </c>
+      <c r="E103" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F103" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G103" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H103" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I103" s="3" t="inlineStr">
+        <is>
+          <t>17KM</t>
+        </is>
+      </c>
       <c r="J103" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K103" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L103" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>920,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A104" s="3"/>
+      <c r="B104" s="4"/>
+      <c r="C104" s="4"/>
+      <c r="D104" s="4"/>
+      <c r="E104" s="3"/>
+      <c r="F104" s="3"/>
+      <c r="G104" s="3"/>
+      <c r="H104" s="3"/>
+      <c r="I104" s="3"/>
       <c r="J104" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K104" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L104" s="3" t="inlineStr">
         <is>
-          <t>830,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3"/>
       <c r="B105" s="4"/>
       <c r="C105" s="4"/>
       <c r="D105" s="4"/>
       <c r="E105" s="3"/>
       <c r="F105" s="3"/>
       <c r="G105" s="3"/>
       <c r="H105" s="3"/>
       <c r="I105" s="3"/>
       <c r="J105" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K105" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L105" s="3" t="inlineStr">
         <is>
-          <t>780,000</t>
+          <t>860,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3"/>
       <c r="B106" s="4"/>
       <c r="C106" s="4"/>
       <c r="D106" s="4"/>
       <c r="E106" s="3"/>
       <c r="F106" s="3"/>
       <c r="G106" s="3"/>
       <c r="H106" s="3"/>
       <c r="I106" s="3"/>
       <c r="J106" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K106" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L106" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3"/>
       <c r="B107" s="4"/>
       <c r="C107" s="4"/>
       <c r="D107" s="4"/>
       <c r="E107" s="3"/>
       <c r="F107" s="3"/>
       <c r="G107" s="3"/>
       <c r="H107" s="3"/>
       <c r="I107" s="3"/>
       <c r="J107" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K107" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L107" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="3"/>
-[...1 lines deleted...]
-      <c r="C108" s="4"/>
+      <c r="A108" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B108" s="4" t="inlineStr">
+        <is>
+          <t>116호7498</t>
+        </is>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>싼타페 2.5T 익스클루시브</t>
+        </is>
+      </c>
       <c r="D108" s="4"/>
-      <c r="E108" s="3"/>
-[...3 lines deleted...]
-      <c r="I108" s="3"/>
+      <c r="E108" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F108" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G108" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H108" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I108" s="3" t="inlineStr">
+        <is>
+          <t>9KM</t>
+        </is>
+      </c>
       <c r="J108" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K108" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L108" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A109" s="3"/>
+      <c r="B109" s="4"/>
+      <c r="C109" s="4"/>
       <c r="D109" s="4"/>
-      <c r="E109" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E109" s="3"/>
+      <c r="F109" s="3"/>
+      <c r="G109" s="3"/>
+      <c r="H109" s="3"/>
+      <c r="I109" s="3"/>
       <c r="J109" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K109" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L109" s="3" t="inlineStr">
         <is>
           <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3"/>
       <c r="B110" s="4"/>
       <c r="C110" s="4"/>
       <c r="D110" s="4"/>
       <c r="E110" s="3"/>
       <c r="F110" s="3"/>
       <c r="G110" s="3"/>
       <c r="H110" s="3"/>
       <c r="I110" s="3"/>
       <c r="J110" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K110" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L110" s="3" t="inlineStr">
         <is>
-          <t>810,000</t>
+          <t>820,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3"/>
       <c r="B111" s="4"/>
       <c r="C111" s="4"/>
       <c r="D111" s="4"/>
       <c r="E111" s="3"/>
       <c r="F111" s="3"/>
       <c r="G111" s="3"/>
       <c r="H111" s="3"/>
       <c r="I111" s="3"/>
       <c r="J111" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K111" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L111" s="3" t="inlineStr">
         <is>
-          <t>740,000</t>
+          <t>790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3"/>
       <c r="B112" s="4"/>
       <c r="C112" s="4"/>
       <c r="D112" s="4"/>
       <c r="E112" s="3"/>
       <c r="F112" s="3"/>
       <c r="G112" s="3"/>
       <c r="H112" s="3"/>
       <c r="I112" s="3"/>
       <c r="J112" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K112" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L112" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>760,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="3"/>
-[...1 lines deleted...]
-      <c r="C113" s="4"/>
+      <c r="A113" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B113" s="4" t="inlineStr">
+        <is>
+          <t>116호7500/7
+499/7501</t>
+        </is>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>싼타페 2.5T 익스클루시브</t>
+        </is>
+      </c>
       <c r="D113" s="4"/>
-      <c r="E113" s="3"/>
-[...3 lines deleted...]
-      <c r="I113" s="3"/>
+      <c r="E113" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F113" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G113" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H113" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I113" s="3" t="inlineStr">
+        <is>
+          <t>11KM</t>
+        </is>
+      </c>
       <c r="J113" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K113" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L113" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="3" t="inlineStr">
-[...45 lines deleted...]
-      </c>
+      <c r="A114" s="3"/>
+      <c r="B114" s="4"/>
+      <c r="C114" s="4"/>
+      <c r="D114" s="4"/>
+      <c r="E114" s="3"/>
+      <c r="F114" s="3"/>
+      <c r="G114" s="3"/>
+      <c r="H114" s="3"/>
+      <c r="I114" s="3"/>
       <c r="J114" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K114" s="3" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L114" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3"/>
       <c r="B115" s="4"/>
       <c r="C115" s="4"/>
       <c r="D115" s="4"/>
       <c r="E115" s="3"/>
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
       <c r="H115" s="3"/>
       <c r="I115" s="3"/>
       <c r="J115" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K115" s="3" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L115" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>820,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3"/>
       <c r="B116" s="4"/>
       <c r="C116" s="4"/>
       <c r="D116" s="4"/>
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
       <c r="H116" s="3"/>
       <c r="I116" s="3"/>
       <c r="J116" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K116" s="3" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L116" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="3" t="inlineStr">
-[...29 lines deleted...]
-      <c r="G117" s="3" t="inlineStr">
+      <c r="A117" s="3"/>
+      <c r="B117" s="4"/>
+      <c r="C117" s="4"/>
+      <c r="D117" s="4"/>
+      <c r="E117" s="3"/>
+      <c r="F117" s="3"/>
+      <c r="G117" s="3"/>
+      <c r="H117" s="3"/>
+      <c r="I117" s="3"/>
+      <c r="J117" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K117" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L117" s="3" t="inlineStr">
+        <is>
+          <t>760,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B118" s="4" t="inlineStr">
+        <is>
+          <t>116호7432</t>
+        </is>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>디 올뉴그랜저 스마트스트림 가솔린 2.5 프리미엄</t>
+        </is>
+      </c>
+      <c r="D118" s="4"/>
+      <c r="E118" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F118" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G118" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H117" s="3" t="inlineStr">
-[...34 lines deleted...]
-      <c r="I118" s="3"/>
+      <c r="H118" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I118" s="3" t="inlineStr">
+        <is>
+          <t>10KM</t>
+        </is>
+      </c>
       <c r="J118" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K118" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L118" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>930,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3"/>
       <c r="B119" s="4"/>
       <c r="C119" s="4"/>
       <c r="D119" s="4"/>
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
       <c r="H119" s="3"/>
       <c r="I119" s="3"/>
       <c r="J119" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K119" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L119" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A120" s="3"/>
+      <c r="B120" s="4"/>
+      <c r="C120" s="4"/>
+      <c r="D120" s="4"/>
+      <c r="E120" s="3"/>
+      <c r="F120" s="3"/>
+      <c r="G120" s="3"/>
+      <c r="H120" s="3"/>
+      <c r="I120" s="3"/>
       <c r="J120" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K120" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L120" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3"/>
       <c r="B121" s="4"/>
       <c r="C121" s="4"/>
       <c r="D121" s="4"/>
       <c r="E121" s="3"/>
       <c r="F121" s="3"/>
       <c r="G121" s="3"/>
       <c r="H121" s="3"/>
       <c r="I121" s="3"/>
       <c r="J121" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K121" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L121" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>840,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3"/>
       <c r="B122" s="4"/>
       <c r="C122" s="4"/>
       <c r="D122" s="4"/>
       <c r="E122" s="3"/>
       <c r="F122" s="3"/>
       <c r="G122" s="3"/>
       <c r="H122" s="3"/>
       <c r="I122" s="3"/>
       <c r="J122" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K122" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L122" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
-          <t>EV</t>
+          <t>CNC</t>
         </is>
       </c>
       <c r="B123" s="4" t="inlineStr">
         <is>
-          <t>700호2224</t>
+          <t>106호6987</t>
         </is>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
-          <t>스타리아 투어러 11인승 스마트</t>
+          <t>더뉴 K5 2.0 LPI 트렌디</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
-          <t>멀티미디어내비플러스1</t>
+          <t>드라이브와이즈, SBW팩</t>
         </is>
       </c>
       <c r="E123" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F123" s="3" t="inlineStr">
         <is>
-          <t>화이트</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G123" s="3" t="inlineStr">
         <is>
-          <t>경유</t>
+          <t>LPG</t>
         </is>
       </c>
       <c r="H123" s="3" t="inlineStr">
         <is>
-          <t>25년09월</t>
+          <t>23년11월</t>
         </is>
       </c>
       <c r="I123" s="3" t="inlineStr">
         <is>
-          <t>1,599KM</t>
+          <t>16835KM</t>
         </is>
       </c>
       <c r="J123" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K123" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L123" s="3" t="inlineStr">
         <is>
           <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3"/>
       <c r="B124" s="4"/>
       <c r="C124" s="4"/>
       <c r="D124" s="4"/>
       <c r="E124" s="3"/>
       <c r="F124" s="3"/>
       <c r="G124" s="3"/>
       <c r="H124" s="3"/>
       <c r="I124" s="3"/>
       <c r="J124" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K124" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L124" s="3" t="inlineStr">
         <is>
-          <t>740,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3"/>
       <c r="B125" s="4"/>
       <c r="C125" s="4"/>
       <c r="D125" s="4"/>
       <c r="E125" s="3"/>
       <c r="F125" s="3"/>
       <c r="G125" s="3"/>
       <c r="H125" s="3"/>
       <c r="I125" s="3"/>
       <c r="J125" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K125" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L125" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
-          <t>EV</t>
+          <t>CNC</t>
         </is>
       </c>
       <c r="B126" s="4" t="inlineStr">
         <is>
-          <t>700호2225</t>
+          <t>106호9051</t>
         </is>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
-          <t>스타리아 투어러 11인승 스마트</t>
-[...6 lines deleted...]
-      </c>
+          <t>쏘나타DN8 The Edge가솔린 1.6T-GDi익스클
+루시브</t>
+        </is>
+      </c>
+      <c r="D126" s="4"/>
       <c r="E126" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F126" s="3" t="inlineStr">
         <is>
           <t>화이트</t>
         </is>
       </c>
       <c r="G126" s="3" t="inlineStr">
         <is>
-          <t>경유</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H126" s="3" t="inlineStr">
         <is>
-          <t>25년09월</t>
+          <t>24년12월</t>
         </is>
       </c>
       <c r="I126" s="3" t="inlineStr">
         <is>
-          <t>561KM</t>
+          <t>9,010KM</t>
         </is>
       </c>
       <c r="J126" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K126" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="L126" s="3" t="inlineStr">
         <is>
-          <t>800,000</t>
+          <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3"/>
       <c r="B127" s="4"/>
       <c r="C127" s="4"/>
       <c r="D127" s="4"/>
       <c r="E127" s="3"/>
       <c r="F127" s="3"/>
       <c r="G127" s="3"/>
       <c r="H127" s="3"/>
       <c r="I127" s="3"/>
       <c r="J127" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K127" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="L127" s="3" t="inlineStr">
         <is>
-          <t>740,000</t>
+          <t>780,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3"/>
       <c r="B128" s="4"/>
       <c r="C128" s="4"/>
       <c r="D128" s="4"/>
       <c r="E128" s="3"/>
       <c r="F128" s="3"/>
       <c r="G128" s="3"/>
       <c r="H128" s="3"/>
       <c r="I128" s="3"/>
       <c r="J128" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K128" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="L128" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A129" s="3"/>
+      <c r="B129" s="4"/>
+      <c r="C129" s="4"/>
+      <c r="D129" s="4"/>
+      <c r="E129" s="3"/>
+      <c r="F129" s="3"/>
+      <c r="G129" s="3"/>
+      <c r="H129" s="3"/>
+      <c r="I129" s="3"/>
       <c r="J129" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K129" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="L129" s="3" t="inlineStr">
         <is>
-          <t>830,000</t>
+          <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3"/>
       <c r="B130" s="4"/>
       <c r="C130" s="4"/>
       <c r="D130" s="4"/>
       <c r="E130" s="3"/>
       <c r="F130" s="3"/>
       <c r="G130" s="3"/>
       <c r="H130" s="3"/>
       <c r="I130" s="3"/>
       <c r="J130" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K130" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="L130" s="3" t="inlineStr">
         <is>
-          <t>770,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="3"/>
-[...7 lines deleted...]
-      <c r="I131" s="3"/>
+      <c r="A131" s="3" t="inlineStr">
+        <is>
+          <t>CNC</t>
+        </is>
+      </c>
+      <c r="B131" s="4" t="inlineStr">
+        <is>
+          <t>106호4778</t>
+        </is>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>The K5자가용GSL2.0프레스티지</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>컴포트,드라이브와이즈,스타일</t>
+        </is>
+      </c>
+      <c r="E131" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F131" s="3" t="inlineStr">
+        <is>
+          <t>스노우화이트펄</t>
+        </is>
+      </c>
+      <c r="G131" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H131" s="3" t="inlineStr">
+        <is>
+          <t>25년01월</t>
+        </is>
+      </c>
+      <c r="I131" s="3" t="inlineStr">
+        <is>
+          <t>16,000KM</t>
+        </is>
+      </c>
       <c r="J131" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K131" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="L131" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A132" s="3"/>
+      <c r="B132" s="4"/>
+      <c r="C132" s="4"/>
+      <c r="D132" s="4"/>
+      <c r="E132" s="3"/>
+      <c r="F132" s="3"/>
+      <c r="G132" s="3"/>
+      <c r="H132" s="3"/>
+      <c r="I132" s="3"/>
       <c r="J132" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K132" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L132" s="3" t="inlineStr">
         <is>
-          <t>820,000</t>
+          <t>780,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3"/>
       <c r="B133" s="4"/>
       <c r="C133" s="4"/>
       <c r="D133" s="4"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K133" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L133" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A134" s="3"/>
+      <c r="B134" s="4"/>
+      <c r="C134" s="4"/>
+      <c r="D134" s="4"/>
+      <c r="E134" s="3"/>
+      <c r="F134" s="3"/>
+      <c r="G134" s="3"/>
+      <c r="H134" s="3"/>
+      <c r="I134" s="3"/>
       <c r="J134" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K134" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L134" s="3" t="inlineStr">
         <is>
           <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3"/>
       <c r="B135" s="4"/>
       <c r="C135" s="4"/>
       <c r="D135" s="4"/>
       <c r="E135" s="3"/>
       <c r="F135" s="3"/>
       <c r="G135" s="3"/>
       <c r="H135" s="3"/>
       <c r="I135" s="3"/>
       <c r="J135" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K135" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L135" s="3" t="inlineStr">
         <is>
-          <t>670,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="3"/>
-[...1 lines deleted...]
-      <c r="C136" s="4"/>
+      <c r="A136" s="3" t="inlineStr">
+        <is>
+          <t>CNC</t>
+        </is>
+      </c>
+      <c r="B136" s="4" t="inlineStr">
+        <is>
+          <t>106호8892</t>
+        </is>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>폭스바겐 제타 1.5 TSI Prestige</t>
+        </is>
+      </c>
       <c r="D136" s="4"/>
-      <c r="E136" s="3"/>
-[...3 lines deleted...]
-      <c r="I136" s="3"/>
+      <c r="E136" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F136" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G136" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H136" s="3" t="inlineStr">
+        <is>
+          <t>24년10월</t>
+        </is>
+      </c>
+      <c r="I136" s="3" t="inlineStr">
+        <is>
+          <t>29,000KM</t>
+        </is>
+      </c>
       <c r="J136" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K136" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L136" s="3" t="inlineStr">
         <is>
-          <t>640,000</t>
+          <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A137" s="3"/>
+      <c r="B137" s="4"/>
+      <c r="C137" s="4"/>
+      <c r="D137" s="4"/>
+      <c r="E137" s="3"/>
+      <c r="F137" s="3"/>
+      <c r="G137" s="3"/>
+      <c r="H137" s="3"/>
+      <c r="I137" s="3"/>
       <c r="J137" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K137" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L137" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>810,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3"/>
       <c r="B138" s="4"/>
       <c r="C138" s="4"/>
       <c r="D138" s="4"/>
       <c r="E138" s="3"/>
       <c r="F138" s="3"/>
       <c r="G138" s="3"/>
       <c r="H138" s="3"/>
       <c r="I138" s="3"/>
       <c r="J138" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K138" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L138" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>740,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3"/>
       <c r="B139" s="4"/>
       <c r="C139" s="4"/>
       <c r="D139" s="4"/>
       <c r="E139" s="3"/>
       <c r="F139" s="3"/>
       <c r="G139" s="3"/>
       <c r="H139" s="3"/>
       <c r="I139" s="3"/>
       <c r="J139" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K139" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L139" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="E140" s="3" t="inlineStr">
+      <c r="A140" s="3"/>
+      <c r="B140" s="4"/>
+      <c r="C140" s="4"/>
+      <c r="D140" s="4"/>
+      <c r="E140" s="3"/>
+      <c r="F140" s="3"/>
+      <c r="G140" s="3"/>
+      <c r="H140" s="3"/>
+      <c r="I140" s="3"/>
+      <c r="J140" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K140" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L140" s="3" t="inlineStr">
+        <is>
+          <t>680,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="3" t="inlineStr">
+        <is>
+          <t>CNC</t>
+        </is>
+      </c>
+      <c r="B141" s="4" t="inlineStr">
+        <is>
+          <t>106호6986</t>
+        </is>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K5(DL3)2.0 LPI 프레스티지</t>
+        </is>
+      </c>
+      <c r="D141" s="4"/>
+      <c r="E141" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F140" s="3" t="inlineStr">
-[...44 lines deleted...]
-      <c r="I141" s="3"/>
+      <c r="F141" s="3" t="inlineStr">
+        <is>
+          <t>화이트펄</t>
+        </is>
+      </c>
+      <c r="G141" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H141" s="3" t="inlineStr">
+        <is>
+          <t>23년11월</t>
+        </is>
+      </c>
+      <c r="I141" s="3" t="inlineStr">
+        <is>
+          <t>41,100KM</t>
+        </is>
+      </c>
       <c r="J141" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K141" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L141" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3"/>
       <c r="B142" s="4"/>
       <c r="C142" s="4"/>
       <c r="D142" s="4"/>
       <c r="E142" s="3"/>
       <c r="F142" s="3"/>
       <c r="G142" s="3"/>
       <c r="H142" s="3"/>
       <c r="I142" s="3"/>
       <c r="J142" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K142" s="3" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="L142" s="3" t="inlineStr">
+        <is>
+          <t>660,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="3"/>
+      <c r="B143" s="4"/>
+      <c r="C143" s="4"/>
+      <c r="D143" s="4"/>
+      <c r="E143" s="3"/>
+      <c r="F143" s="3"/>
+      <c r="G143" s="3"/>
+      <c r="H143" s="3"/>
+      <c r="I143" s="3"/>
+      <c r="J143" s="3" t="inlineStr">
+        <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K142" s="3" t="inlineStr">
-[...56 lines deleted...]
-      </c>
       <c r="K143" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L143" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3"/>
       <c r="B144" s="4"/>
       <c r="C144" s="4"/>
       <c r="D144" s="4"/>
       <c r="E144" s="3"/>
       <c r="F144" s="3"/>
       <c r="G144" s="3"/>
       <c r="H144" s="3"/>
       <c r="I144" s="3"/>
       <c r="J144" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K144" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L144" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E145" s="3" t="inlineStr">
+      <c r="A145" s="3"/>
+      <c r="B145" s="4"/>
+      <c r="C145" s="4"/>
+      <c r="D145" s="4"/>
+      <c r="E145" s="3"/>
+      <c r="F145" s="3"/>
+      <c r="G145" s="3"/>
+      <c r="H145" s="3"/>
+      <c r="I145" s="3"/>
+      <c r="J145" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K145" s="3" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="L145" s="3" t="inlineStr">
+        <is>
+          <t>750,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="3" t="inlineStr">
+        <is>
+          <t>CNC</t>
+        </is>
+      </c>
+      <c r="B146" s="4" t="inlineStr">
+        <is>
+          <t>106호6243</t>
+        </is>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>액티언 하이브리드 S8</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>3D어라운드 뷰 모니터링 시스템 딥컨트롤 패키
+지2, 20인치 미쉐린 흡음형 타이어, 블랙 
+스웨이드 퀼링 인테리어</t>
+        </is>
+      </c>
+      <c r="E146" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F145" s="3" t="inlineStr">
-[...44 lines deleted...]
-      <c r="I146" s="3"/>
+      <c r="F146" s="3" t="inlineStr">
+        <is>
+          <t>그랜트화이트</t>
+        </is>
+      </c>
+      <c r="G146" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H146" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I146" s="3" t="inlineStr">
+        <is>
+          <t>20KM</t>
+        </is>
+      </c>
       <c r="J146" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K146" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L146" s="3" t="inlineStr">
         <is>
-          <t>770,000</t>
+          <t>920,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3"/>
       <c r="B147" s="4"/>
       <c r="C147" s="4"/>
       <c r="D147" s="4"/>
       <c r="E147" s="3"/>
       <c r="F147" s="3"/>
       <c r="G147" s="3"/>
       <c r="H147" s="3"/>
       <c r="I147" s="3"/>
       <c r="J147" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K147" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L147" s="3" t="inlineStr">
         <is>
-          <t>740,000</t>
+          <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3"/>
       <c r="B148" s="4"/>
       <c r="C148" s="4"/>
       <c r="D148" s="4"/>
       <c r="E148" s="3"/>
       <c r="F148" s="3"/>
       <c r="G148" s="3"/>
       <c r="H148" s="3"/>
       <c r="I148" s="3"/>
       <c r="J148" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K148" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L148" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E149" s="3" t="inlineStr">
+      <c r="A149" s="3"/>
+      <c r="B149" s="4"/>
+      <c r="C149" s="4"/>
+      <c r="D149" s="4"/>
+      <c r="E149" s="3"/>
+      <c r="F149" s="3"/>
+      <c r="G149" s="3"/>
+      <c r="H149" s="3"/>
+      <c r="I149" s="3"/>
+      <c r="J149" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K149" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L149" s="3" t="inlineStr">
+        <is>
+          <t>790,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="3" t="inlineStr">
+        <is>
+          <t>DY</t>
+        </is>
+      </c>
+      <c r="B150" s="4" t="inlineStr">
+        <is>
+          <t>109허7523</t>
+        </is>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>쏘나타 디 엣지 스마트스트림 LPG 2.0 렌터카 비지
+니스 1</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>익스테리어디자인3, 현대스마트센스, 인포테인먼
+트 내비1</t>
+        </is>
+      </c>
+      <c r="E150" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F149" s="3" t="inlineStr">
-[...44 lines deleted...]
-      <c r="I150" s="3"/>
+      <c r="F150" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G150" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H150" s="3" t="inlineStr">
+        <is>
+          <t>24년12월</t>
+        </is>
+      </c>
+      <c r="I150" s="3" t="inlineStr">
+        <is>
+          <t>36,600KM</t>
+        </is>
+      </c>
       <c r="J150" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K150" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L150" s="3" t="inlineStr">
         <is>
-          <t>810,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3"/>
       <c r="B151" s="4"/>
       <c r="C151" s="4"/>
       <c r="D151" s="4"/>
       <c r="E151" s="3"/>
       <c r="F151" s="3"/>
       <c r="G151" s="3"/>
       <c r="H151" s="3"/>
       <c r="I151" s="3"/>
       <c r="J151" s="3" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K151" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L151" s="3" t="inlineStr">
         <is>
-          <t>770,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E152" s="3" t="inlineStr">
+      <c r="A152" s="3"/>
+      <c r="B152" s="4"/>
+      <c r="C152" s="4"/>
+      <c r="D152" s="4"/>
+      <c r="E152" s="3"/>
+      <c r="F152" s="3"/>
+      <c r="G152" s="3"/>
+      <c r="H152" s="3"/>
+      <c r="I152" s="3"/>
+      <c r="J152" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K152" s="3" t="inlineStr">
+        <is>
+          <t>90</t>
+        </is>
+      </c>
+      <c r="L152" s="3" t="inlineStr">
+        <is>
+          <t>650,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="3" t="inlineStr">
+        <is>
+          <t>DY</t>
+        </is>
+      </c>
+      <c r="B153" s="4" t="inlineStr">
+        <is>
+          <t>109하7986</t>
+        </is>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>쏘나타 디 엣지 스마트스트림 LPG 2.0 렌터카 비지
+니스 2</t>
+        </is>
+      </c>
+      <c r="D153" s="4"/>
+      <c r="E153" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F152" s="3" t="inlineStr">
+      <c r="F153" s="3" t="inlineStr">
         <is>
           <t>흰색</t>
         </is>
       </c>
-      <c r="G152" s="3" t="inlineStr">
-[...39 lines deleted...]
-      <c r="I153" s="3"/>
+      <c r="G153" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H153" s="3" t="inlineStr">
+        <is>
+          <t>25년12월</t>
+        </is>
+      </c>
+      <c r="I153" s="3" t="inlineStr">
+        <is>
+          <t>8,800KM</t>
+        </is>
+      </c>
       <c r="J153" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K153" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L153" s="3" t="inlineStr">
         <is>
-          <t>830,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3"/>
       <c r="B154" s="4"/>
       <c r="C154" s="4"/>
       <c r="D154" s="4"/>
       <c r="E154" s="3"/>
       <c r="F154" s="3"/>
       <c r="G154" s="3"/>
       <c r="H154" s="3"/>
       <c r="I154" s="3"/>
       <c r="J154" s="3" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K154" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L154" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A155" s="3"/>
+      <c r="B155" s="4"/>
+      <c r="C155" s="4"/>
       <c r="D155" s="4"/>
-      <c r="E155" s="3" t="inlineStr">
+      <c r="E155" s="3"/>
+      <c r="F155" s="3"/>
+      <c r="G155" s="3"/>
+      <c r="H155" s="3"/>
+      <c r="I155" s="3"/>
+      <c r="J155" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K155" s="3" t="inlineStr">
+        <is>
+          <t>90</t>
+        </is>
+      </c>
+      <c r="L155" s="3" t="inlineStr">
+        <is>
+          <t>700,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B156" s="4" t="inlineStr">
+        <is>
+          <t>109허7702</t>
+        </is>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴 K5 3세대 2.0 프레스티지</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>클러스터, 드라이브와이즈, 스타일</t>
+        </is>
+      </c>
+      <c r="E156" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F155" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G155" s="3" t="inlineStr">
+      <c r="F156" s="3" t="inlineStr">
+        <is>
+          <t>화이트펄</t>
+        </is>
+      </c>
+      <c r="G156" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H155" s="3" t="inlineStr">
-[...34 lines deleted...]
-      <c r="I156" s="3"/>
+      <c r="H156" s="3" t="inlineStr">
+        <is>
+          <t>25년07월</t>
+        </is>
+      </c>
+      <c r="I156" s="3" t="inlineStr">
+        <is>
+          <t>4,501KM</t>
+        </is>
+      </c>
       <c r="J156" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K156" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L156" s="3" t="inlineStr">
         <is>
-          <t>860,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3"/>
       <c r="B157" s="4"/>
       <c r="C157" s="4"/>
       <c r="D157" s="4"/>
       <c r="E157" s="3"/>
       <c r="F157" s="3"/>
       <c r="G157" s="3"/>
       <c r="H157" s="3"/>
       <c r="I157" s="3"/>
       <c r="J157" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K157" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L157" s="3" t="inlineStr">
+        <is>
+          <t>635,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B158" s="4" t="inlineStr">
+        <is>
+          <t>109허7684</t>
+        </is>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K5(DL3) 2.0 가솔린 노블레스</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>기본형-드라이브와이즈</t>
+        </is>
+      </c>
+      <c r="E158" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F158" s="3" t="inlineStr">
+        <is>
+          <t>화이트펄</t>
+        </is>
+      </c>
+      <c r="G158" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H158" s="3" t="inlineStr">
+        <is>
+          <t>25년07월</t>
+        </is>
+      </c>
+      <c r="I158" s="3" t="inlineStr">
+        <is>
+          <t>8,701KM</t>
+        </is>
+      </c>
+      <c r="J158" s="3" t="inlineStr">
+        <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K157" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K158" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L158" s="3" t="inlineStr">
         <is>
-          <t>800,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3"/>
       <c r="B159" s="4"/>
       <c r="C159" s="4"/>
       <c r="D159" s="4"/>
       <c r="E159" s="3"/>
       <c r="F159" s="3"/>
       <c r="G159" s="3"/>
       <c r="H159" s="3"/>
       <c r="I159" s="3"/>
       <c r="J159" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K159" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L159" s="3" t="inlineStr">
+        <is>
+          <t>695,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="3"/>
+      <c r="B160" s="4"/>
+      <c r="C160" s="4"/>
+      <c r="D160" s="4"/>
+      <c r="E160" s="3"/>
+      <c r="F160" s="3"/>
+      <c r="G160" s="3"/>
+      <c r="H160" s="3"/>
+      <c r="I160" s="3"/>
+      <c r="J160" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K159" s="3" t="inlineStr">
-[...27 lines deleted...]
-      <c r="E160" s="3" t="inlineStr">
+      <c r="K160" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L160" s="3" t="inlineStr">
+        <is>
+          <t>660,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B161" s="4" t="inlineStr">
+        <is>
+          <t>700호2224</t>
+        </is>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>스타리아 투어러 11인승 스마트</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>멀티미디어내비플러스1</t>
+        </is>
+      </c>
+      <c r="E161" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F160" s="3" t="inlineStr">
-[...44 lines deleted...]
-      <c r="I161" s="3"/>
+      <c r="F161" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G161" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H161" s="3" t="inlineStr">
+        <is>
+          <t>25년09월</t>
+        </is>
+      </c>
+      <c r="I161" s="3" t="inlineStr">
+        <is>
+          <t>1,599KM</t>
+        </is>
+      </c>
       <c r="J161" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K161" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L161" s="3" t="inlineStr">
         <is>
-          <t>890,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3"/>
       <c r="B162" s="4"/>
       <c r="C162" s="4"/>
       <c r="D162" s="4"/>
       <c r="E162" s="3"/>
       <c r="F162" s="3"/>
       <c r="G162" s="3"/>
       <c r="H162" s="3"/>
       <c r="I162" s="3"/>
       <c r="J162" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K162" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L162" s="3" t="inlineStr">
         <is>
-          <t>860,000</t>
+          <t>740,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3"/>
       <c r="B163" s="4"/>
       <c r="C163" s="4"/>
       <c r="D163" s="4"/>
       <c r="E163" s="3"/>
       <c r="F163" s="3"/>
       <c r="G163" s="3"/>
       <c r="H163" s="3"/>
       <c r="I163" s="3"/>
       <c r="J163" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K163" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L163" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B164" s="4" t="inlineStr">
+        <is>
+          <t>700호2225</t>
+        </is>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>스타리아 투어러 11인승 스마트</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>멀티미디어내비플러스1</t>
+        </is>
+      </c>
+      <c r="E164" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F164" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G164" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H164" s="3" t="inlineStr">
+        <is>
+          <t>25년09월</t>
+        </is>
+      </c>
+      <c r="I164" s="3" t="inlineStr">
+        <is>
+          <t>561KM</t>
+        </is>
+      </c>
+      <c r="J164" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K164" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L164" s="3" t="inlineStr">
+        <is>
+          <t>800,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="3"/>
+      <c r="B165" s="4"/>
+      <c r="C165" s="4"/>
+      <c r="D165" s="4"/>
+      <c r="E165" s="3"/>
+      <c r="F165" s="3"/>
+      <c r="G165" s="3"/>
+      <c r="H165" s="3"/>
+      <c r="I165" s="3"/>
+      <c r="J165" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K163" s="3" t="inlineStr">
-[...86 lines deleted...]
-      </c>
       <c r="K165" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L165" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>740,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3"/>
       <c r="B166" s="4"/>
       <c r="C166" s="4"/>
       <c r="D166" s="4"/>
       <c r="E166" s="3"/>
       <c r="F166" s="3"/>
       <c r="G166" s="3"/>
       <c r="H166" s="3"/>
       <c r="I166" s="3"/>
       <c r="J166" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K166" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L166" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B167" s="4" t="inlineStr">
+        <is>
+          <t>142호6477</t>
+        </is>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>스타리아 투어러 9인승 모던</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>익스테리어디자인, 멀티미디어내비플러스2</t>
+        </is>
+      </c>
+      <c r="E167" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F167" s="3" t="inlineStr">
+        <is>
+          <t>블랙</t>
+        </is>
+      </c>
+      <c r="G167" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H167" s="3" t="inlineStr">
+        <is>
+          <t>24년12월</t>
+        </is>
+      </c>
+      <c r="I167" s="3" t="inlineStr">
+        <is>
+          <t>13,827KM</t>
+        </is>
+      </c>
+      <c r="J167" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K166" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K167" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L167" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A168" s="3"/>
+      <c r="B168" s="4"/>
+      <c r="C168" s="4"/>
+      <c r="D168" s="4"/>
+      <c r="E168" s="3"/>
+      <c r="F168" s="3"/>
+      <c r="G168" s="3"/>
+      <c r="H168" s="3"/>
+      <c r="I168" s="3"/>
       <c r="J168" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K168" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L168" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>770,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3"/>
       <c r="B169" s="4"/>
       <c r="C169" s="4"/>
       <c r="D169" s="4"/>
       <c r="E169" s="3"/>
       <c r="F169" s="3"/>
       <c r="G169" s="3"/>
       <c r="H169" s="3"/>
       <c r="I169" s="3"/>
       <c r="J169" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K169" s="3" t="inlineStr">
         <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L169" s="3" t="inlineStr">
+        <is>
+          <t>720,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B170" s="4" t="inlineStr">
+        <is>
+          <t>142호9406</t>
+        </is>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K5(DL3) 1.6 가솔린 터보 시그니처</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>HUD+빌트인캠2, 스타일-컴포트, 선루프, 
+스타일, 크렐사운드</t>
+        </is>
+      </c>
+      <c r="E170" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F170" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G170" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H170" s="3" t="inlineStr">
+        <is>
+          <t>25년09월</t>
+        </is>
+      </c>
+      <c r="I170" s="3" t="inlineStr">
+        <is>
+          <t>8,900KM</t>
+        </is>
+      </c>
+      <c r="J170" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K170" s="3" t="inlineStr">
+        <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L169" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="K170" s="3" t="inlineStr">
+      <c r="L170" s="3" t="inlineStr">
+        <is>
+          <t>830,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="3"/>
+      <c r="B171" s="4"/>
+      <c r="C171" s="4"/>
+      <c r="D171" s="4"/>
+      <c r="E171" s="3"/>
+      <c r="F171" s="3"/>
+      <c r="G171" s="3"/>
+      <c r="H171" s="3"/>
+      <c r="I171" s="3"/>
+      <c r="J171" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K171" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L170" s="3" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E171" s="3" t="inlineStr">
+      <c r="L171" s="3" t="inlineStr">
+        <is>
+          <t>780,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B172" s="4" t="inlineStr">
+        <is>
+          <t>142호9440</t>
+        </is>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K5(DL3) 2.0 가솔린 프레스티지</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>드라이브와이즈, 기본형-클러스터</t>
+        </is>
+      </c>
+      <c r="E172" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F171" s="3" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K171" s="3" t="inlineStr">
+      <c r="F172" s="3" t="inlineStr">
+        <is>
+          <t>미색</t>
+        </is>
+      </c>
+      <c r="G172" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H172" s="3" t="inlineStr">
+        <is>
+          <t>25년10월</t>
+        </is>
+      </c>
+      <c r="I172" s="3" t="inlineStr">
+        <is>
+          <t>2,100KM</t>
+        </is>
+      </c>
+      <c r="J172" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K172" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L171" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="L172" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3"/>
       <c r="B173" s="4"/>
       <c r="C173" s="4"/>
       <c r="D173" s="4"/>
       <c r="E173" s="3"/>
       <c r="F173" s="3"/>
       <c r="G173" s="3"/>
       <c r="H173" s="3"/>
       <c r="I173" s="3"/>
       <c r="J173" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K173" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L173" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B174" s="4" t="inlineStr">
+        <is>
+          <t>101하9128</t>
+        </is>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>스포티지 5세대 가솔린 1.6 터보 2WD 프레스티지</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>드라이브와이즈, 파노라마선루프, 12.3인치내
+비게이션</t>
+        </is>
+      </c>
+      <c r="E174" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F174" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G174" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H174" s="3" t="inlineStr">
+        <is>
+          <t>22년06월</t>
+        </is>
+      </c>
+      <c r="I174" s="3" t="inlineStr">
+        <is>
+          <t>109,500KM</t>
+        </is>
+      </c>
+      <c r="J174" s="3" t="inlineStr">
+        <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K173" s="3" t="inlineStr">
+      <c r="K174" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L173" s="3" t="inlineStr">
-[...15 lines deleted...]
-      <c r="J174" s="3" t="inlineStr">
+      <c r="L174" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="3"/>
+      <c r="B175" s="4"/>
+      <c r="C175" s="4"/>
+      <c r="D175" s="4"/>
+      <c r="E175" s="3"/>
+      <c r="F175" s="3"/>
+      <c r="G175" s="3"/>
+      <c r="H175" s="3"/>
+      <c r="I175" s="3"/>
+      <c r="J175" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K174" s="3" t="inlineStr">
+      <c r="K175" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L174" s="3" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E175" s="3" t="inlineStr">
+      <c r="L175" s="3" t="inlineStr">
+        <is>
+          <t>640,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B176" s="4" t="inlineStr">
+        <is>
+          <t>109하7784</t>
+        </is>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K5 하이브리드(DL3) 프레스티지</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>드라이브와이즈, 기본형-클러스터</t>
+        </is>
+      </c>
+      <c r="E176" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F175" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G175" s="3" t="inlineStr">
+      <c r="F176" s="3" t="inlineStr">
+        <is>
+          <t>미색</t>
+        </is>
+      </c>
+      <c r="G176" s="3" t="inlineStr">
         <is>
           <t>하이브리드</t>
         </is>
       </c>
-      <c r="H175" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="L175" s="3" t="inlineStr">
+      <c r="H176" s="3" t="inlineStr">
+        <is>
+          <t>25년05월</t>
+        </is>
+      </c>
+      <c r="I176" s="3" t="inlineStr">
+        <is>
+          <t>5,441KM</t>
+        </is>
+      </c>
+      <c r="J176" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K176" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L176" s="3" t="inlineStr">
         <is>
           <t>780,000</t>
-        </is>
-[...24 lines deleted...]
-          <t>740,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3"/>
       <c r="B177" s="4"/>
       <c r="C177" s="4"/>
       <c r="D177" s="4"/>
       <c r="E177" s="3"/>
       <c r="F177" s="3"/>
       <c r="G177" s="3"/>
       <c r="H177" s="3"/>
       <c r="I177" s="3"/>
       <c r="J177" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K177" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L177" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>740,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3"/>
       <c r="B178" s="4"/>
       <c r="C178" s="4"/>
       <c r="D178" s="4"/>
       <c r="E178" s="3"/>
       <c r="F178" s="3"/>
       <c r="G178" s="3"/>
       <c r="H178" s="3"/>
       <c r="I178" s="3"/>
       <c r="J178" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K178" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L178" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
-          <t>MY</t>
+          <t>EV</t>
         </is>
       </c>
       <c r="B179" s="4" t="inlineStr">
         <is>
-          <t>125호4606</t>
+          <t>109허7568</t>
         </is>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
-          <t>신형쏘렌토(MQ4) 2.2 디젤 2WD 5인승 노블레스</t>
+          <t>더 뉴K5(DL3) 2.0 가솔린 프레스티지</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
-          <t>드라이브와이즈, 스타일, 내비게이션</t>
+          <t>드라이브와이즈, 컴포트, 기본형-클러스터</t>
         </is>
       </c>
       <c r="E179" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F179" s="3" t="inlineStr">
         <is>
-          <t>검정</t>
+          <t>쥐색</t>
         </is>
       </c>
       <c r="G179" s="3" t="inlineStr">
         <is>
-          <t>경유</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H179" s="3" t="inlineStr">
         <is>
-          <t>22년12월</t>
+          <t>25년01월</t>
         </is>
       </c>
       <c r="I179" s="3" t="inlineStr">
         <is>
-          <t>67,000KM</t>
+          <t>12,274KM</t>
         </is>
       </c>
       <c r="J179" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K179" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L179" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3"/>
       <c r="B180" s="4"/>
       <c r="C180" s="4"/>
       <c r="D180" s="4"/>
       <c r="E180" s="3"/>
       <c r="F180" s="3"/>
       <c r="G180" s="3"/>
       <c r="H180" s="3"/>
       <c r="I180" s="3"/>
       <c r="J180" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K180" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L180" s="3" t="inlineStr">
         <is>
-          <t>810,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3"/>
       <c r="B181" s="4"/>
       <c r="C181" s="4"/>
       <c r="D181" s="4"/>
       <c r="E181" s="3"/>
       <c r="F181" s="3"/>
       <c r="G181" s="3"/>
       <c r="H181" s="3"/>
       <c r="I181" s="3"/>
       <c r="J181" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K181" s="3" t="inlineStr">
         <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L181" s="3" t="inlineStr">
+        <is>
+          <t>600,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="3" t="inlineStr">
+        <is>
+          <t>INMO</t>
+        </is>
+      </c>
+      <c r="B182" s="4" t="inlineStr">
+        <is>
+          <t>109하6939</t>
+        </is>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>스포티지 NQ5 1.6 가솔린 2WD 트랜디</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>하이테크(디지털키미적용), 12.3인치 내비게
+이션, 컨비니언스</t>
+        </is>
+      </c>
+      <c r="E182" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F182" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G182" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H182" s="3" t="inlineStr">
+        <is>
+          <t>22년04월</t>
+        </is>
+      </c>
+      <c r="I182" s="3" t="inlineStr">
+        <is>
+          <t>45,961KM</t>
+        </is>
+      </c>
+      <c r="J182" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K182" s="3" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="L182" s="3" t="inlineStr">
+        <is>
+          <t>750,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="3"/>
+      <c r="B183" s="4"/>
+      <c r="C183" s="4"/>
+      <c r="D183" s="4"/>
+      <c r="E183" s="3"/>
+      <c r="F183" s="3"/>
+      <c r="G183" s="3"/>
+      <c r="H183" s="3"/>
+      <c r="I183" s="3"/>
+      <c r="J183" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K183" s="3" t="inlineStr">
+        <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L181" s="3" t="inlineStr">
-[...25 lines deleted...]
-      <c r="L182" s="3" t="inlineStr">
+      <c r="L183" s="3" t="inlineStr">
         <is>
           <t>730,000</t>
-        </is>
-[...62 lines deleted...]
-          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3"/>
       <c r="B184" s="4"/>
       <c r="C184" s="4"/>
       <c r="D184" s="4"/>
       <c r="E184" s="3"/>
       <c r="F184" s="3"/>
       <c r="G184" s="3"/>
       <c r="H184" s="3"/>
       <c r="I184" s="3"/>
       <c r="J184" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K184" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L184" s="3" t="inlineStr">
         <is>
-          <t>760,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="3"/>
-[...7 lines deleted...]
-      <c r="I185" s="3"/>
+      <c r="A185" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B185" s="4" t="inlineStr">
+        <is>
+          <t>106호6475</t>
+        </is>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>스타리아 2.2 디젤 투어러 9인승 모던</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>멀티미디어내비플러스2</t>
+        </is>
+      </c>
+      <c r="E185" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F185" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G185" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H185" s="3" t="inlineStr">
+        <is>
+          <t>23년03월</t>
+        </is>
+      </c>
+      <c r="I185" s="3" t="inlineStr">
+        <is>
+          <t>18,415KM</t>
+        </is>
+      </c>
       <c r="J185" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K185" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L185" s="3" t="inlineStr">
         <is>
-          <t>7,200,000</t>
+          <t>790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3"/>
       <c r="B186" s="4"/>
       <c r="C186" s="4"/>
       <c r="D186" s="4"/>
       <c r="E186" s="3"/>
       <c r="F186" s="3"/>
       <c r="G186" s="3"/>
       <c r="H186" s="3"/>
       <c r="I186" s="3"/>
       <c r="J186" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K186" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L186" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>760,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A187" s="3"/>
+      <c r="B187" s="4"/>
+      <c r="C187" s="4"/>
+      <c r="D187" s="4"/>
+      <c r="E187" s="3"/>
+      <c r="F187" s="3"/>
+      <c r="G187" s="3"/>
+      <c r="H187" s="3"/>
+      <c r="I187" s="3"/>
       <c r="J187" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K187" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L187" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3"/>
       <c r="B188" s="4"/>
       <c r="C188" s="4"/>
       <c r="D188" s="4"/>
       <c r="E188" s="3"/>
       <c r="F188" s="3"/>
       <c r="G188" s="3"/>
       <c r="H188" s="3"/>
       <c r="I188" s="3"/>
       <c r="J188" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K188" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L188" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
-      <c r="A189" s="3"/>
-[...7 lines deleted...]
-      <c r="I189" s="3"/>
+      <c r="A189" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B189" s="4" t="inlineStr">
+        <is>
+          <t>116허6293</t>
+        </is>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>디 올뉴그랜저 LPi 3.5 일반인용 프리미엄</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>파노라마선루프</t>
+        </is>
+      </c>
+      <c r="E189" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F189" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G189" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H189" s="3" t="inlineStr">
+        <is>
+          <t>23년02월</t>
+        </is>
+      </c>
+      <c r="I189" s="3" t="inlineStr">
+        <is>
+          <t>68,669KM</t>
+        </is>
+      </c>
       <c r="J189" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K189" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L189" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3"/>
       <c r="B190" s="4"/>
       <c r="C190" s="4"/>
       <c r="D190" s="4"/>
       <c r="E190" s="3"/>
       <c r="F190" s="3"/>
       <c r="G190" s="3"/>
       <c r="H190" s="3"/>
       <c r="I190" s="3"/>
       <c r="J190" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K190" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L190" s="3" t="inlineStr">
         <is>
-          <t>670,000</t>
+          <t>760,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
-      <c r="A191" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A191" s="3"/>
+      <c r="B191" s="4"/>
+      <c r="C191" s="4"/>
+      <c r="D191" s="4"/>
+      <c r="E191" s="3"/>
+      <c r="F191" s="3"/>
+      <c r="G191" s="3"/>
+      <c r="H191" s="3"/>
+      <c r="I191" s="3"/>
       <c r="J191" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K191" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L191" s="3" t="inlineStr">
         <is>
-          <t>770,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3"/>
       <c r="B192" s="4"/>
       <c r="C192" s="4"/>
       <c r="D192" s="4"/>
       <c r="E192" s="3"/>
       <c r="F192" s="3"/>
       <c r="G192" s="3"/>
       <c r="H192" s="3"/>
       <c r="I192" s="3"/>
       <c r="J192" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K192" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L192" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
-      <c r="A193" s="3"/>
-[...7 lines deleted...]
-      <c r="I193" s="3"/>
+      <c r="A193" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B193" s="4" t="inlineStr">
+        <is>
+          <t>30허0131</t>
+        </is>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>EV6 롱레인지 에어 (인터스텔라그레이 색상)</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스</t>
+        </is>
+      </c>
+      <c r="E193" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F193" s="3" t="inlineStr">
+        <is>
+          <t>쥐색</t>
+        </is>
+      </c>
+      <c r="G193" s="3" t="inlineStr">
+        <is>
+          <t>전기</t>
+        </is>
+      </c>
+      <c r="H193" s="3" t="inlineStr">
+        <is>
+          <t>21년09월</t>
+        </is>
+      </c>
+      <c r="I193" s="3" t="inlineStr">
+        <is>
+          <t>116,868KM</t>
+        </is>
+      </c>
       <c r="J193" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K193" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L193" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3"/>
       <c r="B194" s="4"/>
       <c r="C194" s="4"/>
       <c r="D194" s="4"/>
       <c r="E194" s="3"/>
       <c r="F194" s="3"/>
       <c r="G194" s="3"/>
       <c r="H194" s="3"/>
       <c r="I194" s="3"/>
       <c r="J194" s="3" t="inlineStr">
         <is>
-          <t>44</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K194" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L194" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
-      <c r="A195" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E195" s="3" t="inlineStr">
+      <c r="A195" s="3"/>
+      <c r="B195" s="4"/>
+      <c r="C195" s="4"/>
+      <c r="D195" s="4"/>
+      <c r="E195" s="3"/>
+      <c r="F195" s="3"/>
+      <c r="G195" s="3"/>
+      <c r="H195" s="3"/>
+      <c r="I195" s="3"/>
+      <c r="J195" s="3" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="K195" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L195" s="3" t="inlineStr">
+        <is>
+          <t>750,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B196" s="4" t="inlineStr">
+        <is>
+          <t>116호6458</t>
+        </is>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>액티언 1.5T S7 (카멜베이지투톤시트)</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>카멜베이지투톤시트</t>
+        </is>
+      </c>
+      <c r="E196" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F195" s="3" t="inlineStr">
+      <c r="F196" s="3" t="inlineStr">
         <is>
           <t>검정</t>
         </is>
       </c>
-      <c r="G195" s="3" t="inlineStr">
+      <c r="G196" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H195" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J195" s="3" t="inlineStr">
+      <c r="H196" s="3" t="inlineStr">
+        <is>
+          <t>25년05월</t>
+        </is>
+      </c>
+      <c r="I196" s="3" t="inlineStr">
+        <is>
+          <t>10,592KM</t>
+        </is>
+      </c>
+      <c r="J196" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K195" s="3" t="inlineStr">
+      <c r="K196" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L195" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="L196" s="3" t="inlineStr">
         <is>
-          <t>760,000</t>
+          <t>740,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3"/>
       <c r="B197" s="4"/>
       <c r="C197" s="4"/>
       <c r="D197" s="4"/>
       <c r="E197" s="3"/>
       <c r="F197" s="3"/>
       <c r="G197" s="3"/>
       <c r="H197" s="3"/>
       <c r="I197" s="3"/>
       <c r="J197" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K197" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L197" s="3" t="inlineStr">
         <is>
           <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3"/>
       <c r="B198" s="4"/>
       <c r="C198" s="4"/>
       <c r="D198" s="4"/>
       <c r="E198" s="3"/>
       <c r="F198" s="3"/>
       <c r="G198" s="3"/>
       <c r="H198" s="3"/>
       <c r="I198" s="3"/>
       <c r="J198" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K198" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L198" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3"/>
       <c r="B199" s="4"/>
       <c r="C199" s="4"/>
       <c r="D199" s="4"/>
       <c r="E199" s="3"/>
       <c r="F199" s="3"/>
       <c r="G199" s="3"/>
       <c r="H199" s="3"/>
       <c r="I199" s="3"/>
       <c r="J199" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K199" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L199" s="3" t="inlineStr">
+        <is>
+          <t>680,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="3"/>
+      <c r="B200" s="4"/>
+      <c r="C200" s="4"/>
+      <c r="D200" s="4"/>
+      <c r="E200" s="3"/>
+      <c r="F200" s="3"/>
+      <c r="G200" s="3"/>
+      <c r="H200" s="3"/>
+      <c r="I200" s="3"/>
+      <c r="J200" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K199" s="3" t="inlineStr">
+      <c r="K200" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L199" s="3" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E200" s="3" t="inlineStr">
+      <c r="L200" s="3" t="inlineStr">
+        <is>
+          <t>660,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B201" s="4" t="inlineStr">
+        <is>
+          <t>116허6073</t>
+        </is>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>쏘렌토 하이브리드 1.6 프레스티지 </t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>내비게이션</t>
+        </is>
+      </c>
+      <c r="E201" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F200" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G200" s="3" t="inlineStr">
+      <c r="F201" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G201" s="3" t="inlineStr">
         <is>
           <t>하이브리드</t>
         </is>
       </c>
-      <c r="H200" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J200" s="3" t="inlineStr">
+      <c r="H201" s="3" t="inlineStr">
+        <is>
+          <t>22년06월</t>
+        </is>
+      </c>
+      <c r="I201" s="3" t="inlineStr">
+        <is>
+          <t>60,241KM</t>
+        </is>
+      </c>
+      <c r="J201" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K200" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K201" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L201" s="3" t="inlineStr">
         <is>
-          <t>840,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3"/>
       <c r="B202" s="4"/>
       <c r="C202" s="4"/>
       <c r="D202" s="4"/>
       <c r="E202" s="3"/>
       <c r="F202" s="3"/>
       <c r="G202" s="3"/>
       <c r="H202" s="3"/>
       <c r="I202" s="3"/>
       <c r="J202" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K202" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L202" s="3" t="inlineStr">
         <is>
-          <t>800,000</t>
+          <t>760,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3"/>
       <c r="B203" s="4"/>
       <c r="C203" s="4"/>
       <c r="D203" s="4"/>
       <c r="E203" s="3"/>
       <c r="F203" s="3"/>
       <c r="G203" s="3"/>
       <c r="H203" s="3"/>
       <c r="I203" s="3"/>
       <c r="J203" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K203" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L203" s="3" t="inlineStr">
         <is>
-          <t>760,000</t>
+          <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>MY</t>
         </is>
       </c>
       <c r="B204" s="4" t="inlineStr">
         <is>
-          <t>01호3924</t>
+          <t>101호9408</t>
         </is>
       </c>
       <c r="C204" s="4" t="inlineStr">
         <is>
-          <t>아이오닉 5 Long Range 2WD 프레스티지</t>
+          <t>K8 하이브리드 노블레스</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
-          <t>비전루프, 실내V2L(파츠), 디지털사이드미러
-, 파킹어시스트, 컴포트플러스, 빌트인캠</t>
+          <t>드라이브와이즈, HUD+스마트커넥트, 스타일2</t>
         </is>
       </c>
       <c r="E204" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F204" s="3" t="inlineStr">
         <is>
-          <t>미색</t>
+          <t>검정</t>
         </is>
       </c>
       <c r="G204" s="3" t="inlineStr">
         <is>
-          <t>전기</t>
+          <t>하이브리드</t>
         </is>
       </c>
       <c r="H204" s="3" t="inlineStr">
         <is>
-          <t>21년12월</t>
+          <t>23년05월</t>
         </is>
       </c>
       <c r="I204" s="3" t="inlineStr">
         <is>
-          <t>75,750KM</t>
+          <t>67,100KM</t>
         </is>
       </c>
       <c r="J204" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K204" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L204" s="3" t="inlineStr">
         <is>
           <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3"/>
       <c r="B205" s="4"/>
       <c r="C205" s="4"/>
       <c r="D205" s="4"/>
       <c r="E205" s="3"/>
       <c r="F205" s="3"/>
       <c r="G205" s="3"/>
       <c r="H205" s="3"/>
       <c r="I205" s="3"/>
       <c r="J205" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K205" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L205" s="3" t="inlineStr">
         <is>
-          <t>830,000</t>
+          <t>840,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3"/>
       <c r="B206" s="4"/>
       <c r="C206" s="4"/>
       <c r="D206" s="4"/>
       <c r="E206" s="3"/>
       <c r="F206" s="3"/>
       <c r="G206" s="3"/>
       <c r="H206" s="3"/>
       <c r="I206" s="3"/>
       <c r="J206" s="3" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K206" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L206" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
-      <c r="A207" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E207" s="3" t="inlineStr">
+      <c r="A207" s="3"/>
+      <c r="B207" s="4"/>
+      <c r="C207" s="4"/>
+      <c r="D207" s="4"/>
+      <c r="E207" s="3"/>
+      <c r="F207" s="3"/>
+      <c r="G207" s="3"/>
+      <c r="H207" s="3"/>
+      <c r="I207" s="3"/>
+      <c r="J207" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K207" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L207" s="3" t="inlineStr">
+        <is>
+          <t>760,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
+      <c r="A208" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B208" s="4" t="inlineStr">
+        <is>
+          <t>101허2754</t>
+        </is>
+      </c>
+      <c r="C208" s="4" t="inlineStr">
+        <is>
+          <t>K8 하이브리드 시그니처</t>
+        </is>
+      </c>
+      <c r="D208" s="4" t="inlineStr">
+        <is>
+          <t>HUD+스마트커넥트, 충돌방지 미적용-드라이브
+와이즈, 주차보조</t>
+        </is>
+      </c>
+      <c r="E208" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F207" s="3" t="inlineStr">
-[...44 lines deleted...]
-      <c r="I208" s="3"/>
+      <c r="F208" s="3" t="inlineStr">
+        <is>
+          <t>회색</t>
+        </is>
+      </c>
+      <c r="G208" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H208" s="3" t="inlineStr">
+        <is>
+          <t>22년02월</t>
+        </is>
+      </c>
+      <c r="I208" s="3" t="inlineStr">
+        <is>
+          <t>61,100KM</t>
+        </is>
+      </c>
       <c r="J208" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K208" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L208" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3"/>
       <c r="B209" s="4"/>
       <c r="C209" s="4"/>
       <c r="D209" s="4"/>
       <c r="E209" s="3"/>
       <c r="F209" s="3"/>
       <c r="G209" s="3"/>
       <c r="H209" s="3"/>
       <c r="I209" s="3"/>
       <c r="J209" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K209" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L209" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3"/>
       <c r="B210" s="4"/>
       <c r="C210" s="4"/>
       <c r="D210" s="4"/>
       <c r="E210" s="3"/>
       <c r="F210" s="3"/>
       <c r="G210" s="3"/>
       <c r="H210" s="3"/>
       <c r="I210" s="3"/>
       <c r="J210" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K210" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L210" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3"/>
       <c r="B211" s="4"/>
       <c r="C211" s="4"/>
       <c r="D211" s="4"/>
       <c r="E211" s="3"/>
       <c r="F211" s="3"/>
       <c r="G211" s="3"/>
       <c r="H211" s="3"/>
       <c r="I211" s="3"/>
       <c r="J211" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K211" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L211" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
-          <t>SKY</t>
+          <t>MY</t>
         </is>
       </c>
       <c r="B212" s="4" t="inlineStr">
         <is>
-          <t>101하8633</t>
+          <t>165하6894</t>
         </is>
       </c>
       <c r="C212" s="4" t="inlineStr">
         <is>
-          <t>더 뉴셀토스 1.6 가솔린 터보 2WD 프레스티지</t>
+          <t>더 뉴그랜저IG 하이브리드 프리미엄</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
-          <t>내비게이션, 스타일, 드라이브와이즈</t>
+          <t>프리미엄초이스, 현대스마트센스1, 파킹어시스트
+플러스</t>
         </is>
       </c>
       <c r="E212" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F212" s="3" t="inlineStr">
         <is>
-          <t>화이트</t>
+          <t>회색</t>
         </is>
       </c>
       <c r="G212" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>하이브리드</t>
         </is>
       </c>
       <c r="H212" s="3" t="inlineStr">
         <is>
-          <t>22년09월</t>
+          <t>21년12월</t>
         </is>
       </c>
       <c r="I212" s="3" t="inlineStr">
         <is>
-          <t>35,500KM</t>
+          <t>65,300KM</t>
         </is>
       </c>
       <c r="J212" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K212" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L212" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3"/>
       <c r="B213" s="4"/>
       <c r="C213" s="4"/>
       <c r="D213" s="4"/>
       <c r="E213" s="3"/>
       <c r="F213" s="3"/>
       <c r="G213" s="3"/>
       <c r="H213" s="3"/>
       <c r="I213" s="3"/>
       <c r="J213" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K213" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L213" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>760,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3"/>
       <c r="B214" s="4"/>
       <c r="C214" s="4"/>
       <c r="D214" s="4"/>
       <c r="E214" s="3"/>
       <c r="F214" s="3"/>
       <c r="G214" s="3"/>
       <c r="H214" s="3"/>
       <c r="I214" s="3"/>
       <c r="J214" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K214" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L214" s="3" t="inlineStr">
+        <is>
+          <t>720,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
+      <c r="A215" s="3"/>
+      <c r="B215" s="4"/>
+      <c r="C215" s="4"/>
+      <c r="D215" s="4"/>
+      <c r="E215" s="3"/>
+      <c r="F215" s="3"/>
+      <c r="G215" s="3"/>
+      <c r="H215" s="3"/>
+      <c r="I215" s="3"/>
+      <c r="J215" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K215" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L215" s="3" t="inlineStr">
+        <is>
+          <t>680,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
+      <c r="A216" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B216" s="4" t="inlineStr">
+        <is>
+          <t>15허8219</t>
+        </is>
+      </c>
+      <c r="C216" s="4" t="inlineStr">
+        <is>
+          <t>EV6 롱 레인지 2WD 어스</t>
+        </is>
+      </c>
+      <c r="D216" s="4" t="inlineStr">
+        <is>
+          <t>기본형</t>
+        </is>
+      </c>
+      <c r="E216" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F216" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G216" s="3" t="inlineStr">
+        <is>
+          <t>전기</t>
+        </is>
+      </c>
+      <c r="H216" s="3" t="inlineStr">
+        <is>
+          <t>21년09월</t>
+        </is>
+      </c>
+      <c r="I216" s="3" t="inlineStr">
+        <is>
+          <t>122,600KM</t>
+        </is>
+      </c>
+      <c r="J216" s="3" t="inlineStr">
+        <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K214" s="3" t="inlineStr">
-[...86 lines deleted...]
-      </c>
       <c r="K216" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L216" s="3" t="inlineStr">
         <is>
-          <t>1,350,000</t>
+          <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3"/>
       <c r="B217" s="4"/>
       <c r="C217" s="4"/>
       <c r="D217" s="4"/>
       <c r="E217" s="3"/>
       <c r="F217" s="3"/>
       <c r="G217" s="3"/>
       <c r="H217" s="3"/>
       <c r="I217" s="3"/>
       <c r="J217" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K217" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L217" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>810,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3"/>
       <c r="B218" s="4"/>
       <c r="C218" s="4"/>
       <c r="D218" s="4"/>
       <c r="E218" s="3"/>
       <c r="F218" s="3"/>
       <c r="G218" s="3"/>
       <c r="H218" s="3"/>
       <c r="I218" s="3"/>
       <c r="J218" s="3" t="inlineStr">
         <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="K218" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L218" s="3" t="inlineStr">
+        <is>
+          <t>770,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
+      <c r="A219" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B219" s="4" t="inlineStr">
+        <is>
+          <t>29하9941</t>
+        </is>
+      </c>
+      <c r="C219" s="4" t="inlineStr">
+        <is>
+          <t>EV6 롱레인지 에어 4WD</t>
+        </is>
+      </c>
+      <c r="D219" s="4" t="inlineStr">
+        <is>
+          <t>컴포트,컨비니언스,하이테크,선루프</t>
+        </is>
+      </c>
+      <c r="E219" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F219" s="3" t="inlineStr">
+        <is>
+          <t>그래비티블루</t>
+        </is>
+      </c>
+      <c r="G219" s="3" t="inlineStr">
+        <is>
+          <t>전기</t>
+        </is>
+      </c>
+      <c r="H219" s="3" t="inlineStr">
+        <is>
+          <t>21년12월</t>
+        </is>
+      </c>
+      <c r="I219" s="3" t="inlineStr">
+        <is>
+          <t>55,000KM</t>
+        </is>
+      </c>
+      <c r="J219" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K219" s="3" t="inlineStr">
+        <is>
+          <t>120</t>
+        </is>
+      </c>
+      <c r="L219" s="3" t="inlineStr">
+        <is>
+          <t>870,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
+      <c r="A220" s="3"/>
+      <c r="B220" s="4"/>
+      <c r="C220" s="4"/>
+      <c r="D220" s="4"/>
+      <c r="E220" s="3"/>
+      <c r="F220" s="3"/>
+      <c r="G220" s="3"/>
+      <c r="H220" s="3"/>
+      <c r="I220" s="3"/>
+      <c r="J220" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K218" s="3" t="inlineStr">
-[...87 lines deleted...]
-      </c>
       <c r="K220" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L220" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3"/>
       <c r="B221" s="4"/>
       <c r="C221" s="4"/>
       <c r="D221" s="4"/>
       <c r="E221" s="3"/>
       <c r="F221" s="3"/>
       <c r="G221" s="3"/>
       <c r="H221" s="3"/>
       <c r="I221" s="3"/>
       <c r="J221" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>32</t>
         </is>
       </c>
       <c r="K221" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L221" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
-      <c r="A222" s="3"/>
-[...7 lines deleted...]
-      <c r="I222" s="3"/>
+      <c r="A222" s="3" t="inlineStr">
+        <is>
+          <t>SKY</t>
+        </is>
+      </c>
+      <c r="B222" s="4" t="inlineStr">
+        <is>
+          <t>101호7926</t>
+        </is>
+      </c>
+      <c r="C222" s="4" t="inlineStr">
+        <is>
+          <t>더 올뉴투싼 가솔린 1.6 터보 2WD N Line 인
+스퍼레이션</t>
+        </is>
+      </c>
+      <c r="D222" s="4" t="inlineStr">
+        <is>
+          <t>미쉐린타이어, 플래티넘 III, 파노라마 선루
+프</t>
+        </is>
+      </c>
+      <c r="E222" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F222" s="3" t="inlineStr">
+        <is>
+          <t>오로라 블랙펄</t>
+        </is>
+      </c>
+      <c r="G222" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H222" s="3" t="inlineStr">
+        <is>
+          <t>22년02월</t>
+        </is>
+      </c>
+      <c r="I222" s="3" t="inlineStr">
+        <is>
+          <t>85,000KM</t>
+        </is>
+      </c>
       <c r="J222" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K222" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L222" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3"/>
       <c r="B223" s="4"/>
       <c r="C223" s="4"/>
       <c r="D223" s="4"/>
       <c r="E223" s="3"/>
       <c r="F223" s="3"/>
       <c r="G223" s="3"/>
       <c r="H223" s="3"/>
       <c r="I223" s="3"/>
       <c r="J223" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K223" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L223" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
-      <c r="A224" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="E224" s="3" t="inlineStr">
+      <c r="A224" s="3"/>
+      <c r="B224" s="4"/>
+      <c r="C224" s="4"/>
+      <c r="D224" s="4"/>
+      <c r="E224" s="3"/>
+      <c r="F224" s="3"/>
+      <c r="G224" s="3"/>
+      <c r="H224" s="3"/>
+      <c r="I224" s="3"/>
+      <c r="J224" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K224" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L224" s="3" t="inlineStr">
+        <is>
+          <t>800,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
+      <c r="A225" s="3" t="inlineStr">
+        <is>
+          <t>SKY</t>
+        </is>
+      </c>
+      <c r="B225" s="4" t="inlineStr">
+        <is>
+          <t>125호9079</t>
+        </is>
+      </c>
+      <c r="C225" s="4" t="inlineStr">
+        <is>
+          <t>트랙스 크로스오버 1.2 가솔린 터보 ACTIV Plu
+s</t>
+        </is>
+      </c>
+      <c r="D225" s="4" t="inlineStr">
+        <is>
+          <t>테크놀로지 패키지</t>
+        </is>
+      </c>
+      <c r="E225" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F224" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G224" s="3" t="inlineStr">
+      <c r="F225" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G225" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H224" s="3" t="inlineStr">
-[...34 lines deleted...]
-      <c r="I225" s="3"/>
+      <c r="H225" s="3" t="inlineStr">
+        <is>
+          <t>24년03월</t>
+        </is>
+      </c>
+      <c r="I225" s="3" t="inlineStr">
+        <is>
+          <t>19,000KM</t>
+        </is>
+      </c>
       <c r="J225" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K225" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L225" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="3"/>
       <c r="B226" s="4"/>
       <c r="C226" s="4"/>
       <c r="D226" s="4"/>
       <c r="E226" s="3"/>
       <c r="F226" s="3"/>
       <c r="G226" s="3"/>
       <c r="H226" s="3"/>
       <c r="I226" s="3"/>
       <c r="J226" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K226" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L226" s="3" t="inlineStr">
+        <is>
+          <t>660,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
+      <c r="A227" s="3"/>
+      <c r="B227" s="4"/>
+      <c r="C227" s="4"/>
+      <c r="D227" s="4"/>
+      <c r="E227" s="3"/>
+      <c r="F227" s="3"/>
+      <c r="G227" s="3"/>
+      <c r="H227" s="3"/>
+      <c r="I227" s="3"/>
+      <c r="J227" s="3" t="inlineStr">
+        <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K226" s="3" t="inlineStr">
-[...56 lines deleted...]
-      </c>
       <c r="K227" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L227" s="3" t="inlineStr">
         <is>
           <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
-      <c r="A228" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A228" s="3"/>
+      <c r="B228" s="4"/>
+      <c r="C228" s="4"/>
       <c r="D228" s="4"/>
-      <c r="E228" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E228" s="3"/>
+      <c r="F228" s="3"/>
+      <c r="G228" s="3"/>
+      <c r="H228" s="3"/>
+      <c r="I228" s="3"/>
       <c r="J228" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K228" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L228" s="3" t="inlineStr">
         <is>
           <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="3"/>
       <c r="B229" s="4"/>
       <c r="C229" s="4"/>
       <c r="D229" s="4"/>
       <c r="E229" s="3"/>
       <c r="F229" s="3"/>
       <c r="G229" s="3"/>
       <c r="H229" s="3"/>
       <c r="I229" s="3"/>
       <c r="J229" s="3" t="inlineStr">
         <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K229" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L229" s="3" t="inlineStr">
+        <is>
+          <t>800,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
+      <c r="A230" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B230" s="4" t="inlineStr">
+        <is>
+          <t>141허3241</t>
+        </is>
+      </c>
+      <c r="C230" s="4" t="inlineStr">
+        <is>
+          <t>스포티지 더 볼드 1.6 디젤 4WD 트렌디</t>
+        </is>
+      </c>
+      <c r="D230" s="4" t="inlineStr">
+        <is>
+          <t>기본형-네비게이션팩</t>
+        </is>
+      </c>
+      <c r="E230" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F230" s="3" t="inlineStr">
+        <is>
+          <t>회색</t>
+        </is>
+      </c>
+      <c r="G230" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H230" s="3" t="inlineStr">
+        <is>
+          <t>21년06월</t>
+        </is>
+      </c>
+      <c r="I230" s="3" t="inlineStr">
+        <is>
+          <t>38,377KM</t>
+        </is>
+      </c>
+      <c r="J230" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K230" s="3" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="L230" s="3" t="inlineStr">
+        <is>
+          <t>700,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
+      <c r="A231" s="3"/>
+      <c r="B231" s="4"/>
+      <c r="C231" s="4"/>
+      <c r="D231" s="4"/>
+      <c r="E231" s="3"/>
+      <c r="F231" s="3"/>
+      <c r="G231" s="3"/>
+      <c r="H231" s="3"/>
+      <c r="I231" s="3"/>
+      <c r="J231" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K229" s="3" t="inlineStr">
-[...87 lines deleted...]
-      </c>
       <c r="K231" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>40</t>
         </is>
       </c>
       <c r="L231" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>680,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="3" t="inlineStr">
         <is>
-          <t>V</t>
+          <t>SW</t>
         </is>
       </c>
       <c r="B232" s="4" t="inlineStr">
         <is>
-          <t>142호3686</t>
+          <t>180호8983</t>
         </is>
       </c>
       <c r="C232" s="4" t="inlineStr">
         <is>
-          <t>K5 2.0 가솔린 프레스티지</t>
+          <t>K7 프리미어 2.5 GDi 프레스티지</t>
         </is>
       </c>
       <c r="D232" s="4" t="inlineStr">
         <is>
-          <t>12.3인치 클러스터 팩</t>
+          <t>기본형-UVO</t>
         </is>
       </c>
       <c r="E232" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F232" s="3" t="inlineStr">
         <is>
-          <t>오로라 블랙 펄</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G232" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H232" s="3" t="inlineStr">
         <is>
-          <t>25년04월</t>
+          <t>20년09월</t>
         </is>
       </c>
       <c r="I232" s="3" t="inlineStr">
         <is>
-          <t>53,000KM</t>
+          <t>68,000KM</t>
         </is>
       </c>
       <c r="J232" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K232" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L232" s="3" t="inlineStr">
         <is>
-          <t>890,000</t>
+          <t>770,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="3"/>
       <c r="B233" s="4"/>
       <c r="C233" s="4"/>
       <c r="D233" s="4"/>
       <c r="E233" s="3"/>
       <c r="F233" s="3"/>
       <c r="G233" s="3"/>
       <c r="H233" s="3"/>
       <c r="I233" s="3"/>
       <c r="J233" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K233" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L233" s="3" t="inlineStr">
         <is>
-          <t>840,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="3"/>
       <c r="B234" s="4"/>
       <c r="C234" s="4"/>
       <c r="D234" s="4"/>
       <c r="E234" s="3"/>
       <c r="F234" s="3"/>
       <c r="G234" s="3"/>
       <c r="H234" s="3"/>
       <c r="I234" s="3"/>
       <c r="J234" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K234" s="3" t="inlineStr">
         <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L234" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
+      <c r="A235" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B235" s="4" t="inlineStr">
+        <is>
+          <t>106호6607</t>
+        </is>
+      </c>
+      <c r="C235" s="4" t="inlineStr">
+        <is>
+          <t>디 올뉴그랜저 LPi 3.5 일반인용 프리미엄(브라운시
+트)</t>
+        </is>
+      </c>
+      <c r="D235" s="4" t="inlineStr">
+        <is>
+          <t>플래티넘, 프리미엄초이스</t>
+        </is>
+      </c>
+      <c r="E235" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F235" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G235" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H235" s="3" t="inlineStr">
+        <is>
+          <t>23년06월</t>
+        </is>
+      </c>
+      <c r="I235" s="3" t="inlineStr">
+        <is>
+          <t>71,956KM</t>
+        </is>
+      </c>
+      <c r="J235" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K235" s="3" t="inlineStr">
+        <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L234" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="L235" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>930,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="3"/>
       <c r="B236" s="4"/>
       <c r="C236" s="4"/>
       <c r="D236" s="4"/>
       <c r="E236" s="3"/>
       <c r="F236" s="3"/>
       <c r="G236" s="3"/>
       <c r="H236" s="3"/>
       <c r="I236" s="3"/>
       <c r="J236" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K236" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L236" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
-      <c r="A237" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A237" s="3"/>
+      <c r="B237" s="4"/>
+      <c r="C237" s="4"/>
       <c r="D237" s="4"/>
-      <c r="E237" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E237" s="3"/>
+      <c r="F237" s="3"/>
+      <c r="G237" s="3"/>
+      <c r="H237" s="3"/>
+      <c r="I237" s="3"/>
       <c r="J237" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K237" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L237" s="3" t="inlineStr">
         <is>
-          <t>810,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="3"/>
       <c r="B238" s="4"/>
       <c r="C238" s="4"/>
       <c r="D238" s="4"/>
       <c r="E238" s="3"/>
       <c r="F238" s="3"/>
       <c r="G238" s="3"/>
       <c r="H238" s="3"/>
       <c r="I238" s="3"/>
       <c r="J238" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K238" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L238" s="3" t="inlineStr">
         <is>
-          <t>770,000</t>
+          <t>840,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="3"/>
       <c r="B239" s="4"/>
       <c r="C239" s="4"/>
       <c r="D239" s="4"/>
       <c r="E239" s="3"/>
       <c r="F239" s="3"/>
       <c r="G239" s="3"/>
       <c r="H239" s="3"/>
       <c r="I239" s="3"/>
       <c r="J239" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K239" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L239" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
-      <c r="A240" s="3"/>
-[...7 lines deleted...]
-      <c r="I240" s="3"/>
+      <c r="A240" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B240" s="4" t="inlineStr">
+        <is>
+          <t>128허7881</t>
+        </is>
+      </c>
+      <c r="C240" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴그랜저IG LPi 3.0 렌터카 모던</t>
+        </is>
+      </c>
+      <c r="D240" s="4" t="inlineStr">
+        <is>
+          <t>멀티미디어내비플러스1, 하이패스시스템+ECM룸
+미러, 컴포트3</t>
+        </is>
+      </c>
+      <c r="E240" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F240" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G240" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H240" s="3" t="inlineStr">
+        <is>
+          <t>20년04월</t>
+        </is>
+      </c>
+      <c r="I240" s="3" t="inlineStr">
+        <is>
+          <t>206,584KM</t>
+        </is>
+      </c>
       <c r="J240" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K240" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L240" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>770,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
-      <c r="A241" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A241" s="3"/>
+      <c r="B241" s="4"/>
+      <c r="C241" s="4"/>
+      <c r="D241" s="4"/>
+      <c r="E241" s="3"/>
+      <c r="F241" s="3"/>
+      <c r="G241" s="3"/>
+      <c r="H241" s="3"/>
+      <c r="I241" s="3"/>
       <c r="J241" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K241" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L241" s="3" t="inlineStr">
         <is>
-          <t>860,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="3"/>
       <c r="B242" s="4"/>
       <c r="C242" s="4"/>
       <c r="D242" s="4"/>
       <c r="E242" s="3"/>
       <c r="F242" s="3"/>
       <c r="G242" s="3"/>
       <c r="H242" s="3"/>
       <c r="I242" s="3"/>
       <c r="J242" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K242" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L242" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
+      <c r="A243" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B243" s="4" t="inlineStr">
+        <is>
+          <t>182호7303</t>
+        </is>
+      </c>
+      <c r="C243" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴그랜저IG 가솔린 3.3 캘리그래피</t>
+        </is>
+      </c>
+      <c r="D243" s="4" t="inlineStr">
+        <is>
+          <t>헤드업디스플레이 파킹어시스트</t>
+        </is>
+      </c>
+      <c r="E243" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F243" s="3" t="inlineStr">
+        <is>
+          <t>회색</t>
+        </is>
+      </c>
+      <c r="G243" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H243" s="3" t="inlineStr">
+        <is>
+          <t>21년03월</t>
+        </is>
+      </c>
+      <c r="I243" s="3" t="inlineStr">
+        <is>
+          <t>58,245KM</t>
+        </is>
+      </c>
+      <c r="J243" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K243" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L243" s="3" t="inlineStr">
+        <is>
+          <t>770,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
+      <c r="A244" s="3"/>
+      <c r="B244" s="4"/>
+      <c r="C244" s="4"/>
+      <c r="D244" s="4"/>
+      <c r="E244" s="3"/>
+      <c r="F244" s="3"/>
+      <c r="G244" s="3"/>
+      <c r="H244" s="3"/>
+      <c r="I244" s="3"/>
+      <c r="J244" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K242" s="3" t="inlineStr">
+      <c r="K244" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L244" s="3" t="inlineStr">
+        <is>
+          <t>730,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
+      <c r="A245" s="3"/>
+      <c r="B245" s="4"/>
+      <c r="C245" s="4"/>
+      <c r="D245" s="4"/>
+      <c r="E245" s="3"/>
+      <c r="F245" s="3"/>
+      <c r="G245" s="3"/>
+      <c r="H245" s="3"/>
+      <c r="I245" s="3"/>
+      <c r="J245" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K245" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L245" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
+      <c r="A246" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B246" s="4" t="inlineStr">
+        <is>
+          <t>10허3256</t>
+        </is>
+      </c>
+      <c r="C246" s="4" t="inlineStr">
+        <is>
+          <t>K7 프리미어 3.0 LPi 렌터카 스탠다드</t>
+        </is>
+      </c>
+      <c r="D246" s="4" t="inlineStr">
+        <is>
+          <t>기본형-UVO</t>
+        </is>
+      </c>
+      <c r="E246" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F246" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G246" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H246" s="3" t="inlineStr">
+        <is>
+          <t>19년08월</t>
+        </is>
+      </c>
+      <c r="I246" s="3" t="inlineStr">
+        <is>
+          <t>126,617KM</t>
+        </is>
+      </c>
+      <c r="J246" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K246" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L246" s="3" t="inlineStr">
+        <is>
+          <t>770,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
+      <c r="A247" s="3"/>
+      <c r="B247" s="4"/>
+      <c r="C247" s="4"/>
+      <c r="D247" s="4"/>
+      <c r="E247" s="3"/>
+      <c r="F247" s="3"/>
+      <c r="G247" s="3"/>
+      <c r="H247" s="3"/>
+      <c r="I247" s="3"/>
+      <c r="J247" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K247" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L247" s="3" t="inlineStr">
+        <is>
+          <t>730,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
+      <c r="A248" s="3"/>
+      <c r="B248" s="4"/>
+      <c r="C248" s="4"/>
+      <c r="D248" s="4"/>
+      <c r="E248" s="3"/>
+      <c r="F248" s="3"/>
+      <c r="G248" s="3"/>
+      <c r="H248" s="3"/>
+      <c r="I248" s="3"/>
+      <c r="J248" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K248" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L248" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
+      <c r="A249" s="3" t="inlineStr">
+        <is>
+          <t>TABO</t>
+        </is>
+      </c>
+      <c r="B249" s="4" t="inlineStr">
+        <is>
+          <t>51하3165</t>
+        </is>
+      </c>
+      <c r="C249" s="4" t="inlineStr">
+        <is>
+          <t>G80 3.3 프리미엄 럭셔리</t>
+        </is>
+      </c>
+      <c r="D249" s="4" t="inlineStr">
+        <is>
+          <t>엑티브세이프티 등</t>
+        </is>
+      </c>
+      <c r="E249" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F249" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G249" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H249" s="3" t="inlineStr">
+        <is>
+          <t>18년06월</t>
+        </is>
+      </c>
+      <c r="I249" s="3" t="inlineStr">
+        <is>
+          <t>242,864KM</t>
+        </is>
+      </c>
+      <c r="J249" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K249" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L249" s="3" t="inlineStr">
+        <is>
+          <t>720,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
+      <c r="A250" s="3" t="inlineStr">
+        <is>
+          <t>TABO</t>
+        </is>
+      </c>
+      <c r="B250" s="4" t="inlineStr">
+        <is>
+          <t>48하9983</t>
+        </is>
+      </c>
+      <c r="C250" s="4" t="inlineStr">
+        <is>
+          <t>카니발 9인승 프레스티지</t>
+        </is>
+      </c>
+      <c r="D250" s="4" t="inlineStr">
+        <is>
+          <t>LED헤드램프,스마트내비uvo3.0,+오토디포
+그 드리이브와이즈,듀얼썬룹,오토슬라이딩</t>
+        </is>
+      </c>
+      <c r="E250" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F250" s="3" t="inlineStr">
+        <is>
+          <t>블랙</t>
+        </is>
+      </c>
+      <c r="G250" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H250" s="3" t="inlineStr">
+        <is>
+          <t>18년07월</t>
+        </is>
+      </c>
+      <c r="I250" s="3" t="inlineStr">
+        <is>
+          <t>233,573KM</t>
+        </is>
+      </c>
+      <c r="J250" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K250" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L250" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
+      <c r="A251" s="3" t="inlineStr">
+        <is>
+          <t>TABO</t>
+        </is>
+      </c>
+      <c r="B251" s="4" t="inlineStr">
+        <is>
+          <t>154호3161</t>
+        </is>
+      </c>
+      <c r="C251" s="4" t="inlineStr">
+        <is>
+          <t>아반떼 1.6  하이브리드 스마트</t>
+        </is>
+      </c>
+      <c r="D251" s="4" t="inlineStr">
+        <is>
+          <t>인포테인먼트 내비 등</t>
+        </is>
+      </c>
+      <c r="E251" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F251" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G251" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H251" s="3" t="inlineStr">
+        <is>
+          <t>25년09월</t>
+        </is>
+      </c>
+      <c r="I251" s="3" t="inlineStr">
+        <is>
+          <t>2,098KM</t>
+        </is>
+      </c>
+      <c r="J251" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K251" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L242" s="3" t="inlineStr">
+      <c r="L251" s="3" t="inlineStr">
+        <is>
+          <t>750,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
+      <c r="A252" s="3"/>
+      <c r="B252" s="4"/>
+      <c r="C252" s="4"/>
+      <c r="D252" s="4"/>
+      <c r="E252" s="3"/>
+      <c r="F252" s="3"/>
+      <c r="G252" s="3"/>
+      <c r="H252" s="3"/>
+      <c r="I252" s="3"/>
+      <c r="J252" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K252" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L252" s="3" t="inlineStr">
+        <is>
+          <t>750,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
+      <c r="A253" s="3"/>
+      <c r="B253" s="4"/>
+      <c r="C253" s="4"/>
+      <c r="D253" s="4"/>
+      <c r="E253" s="3"/>
+      <c r="F253" s="3"/>
+      <c r="G253" s="3"/>
+      <c r="H253" s="3"/>
+      <c r="I253" s="3"/>
+      <c r="J253" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K253" s="3" t="inlineStr">
+        <is>
+          <t>120</t>
+        </is>
+      </c>
+      <c r="L253" s="3" t="inlineStr">
+        <is>
+          <t>720,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
+      <c r="A254" s="3"/>
+      <c r="B254" s="4"/>
+      <c r="C254" s="4"/>
+      <c r="D254" s="4"/>
+      <c r="E254" s="3"/>
+      <c r="F254" s="3"/>
+      <c r="G254" s="3"/>
+      <c r="H254" s="3"/>
+      <c r="I254" s="3"/>
+      <c r="J254" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K254" s="3" t="inlineStr">
+        <is>
+          <t>120</t>
+        </is>
+      </c>
+      <c r="L254" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
+      <c r="A255" s="3"/>
+      <c r="B255" s="4"/>
+      <c r="C255" s="4"/>
+      <c r="D255" s="4"/>
+      <c r="E255" s="3"/>
+      <c r="F255" s="3"/>
+      <c r="G255" s="3"/>
+      <c r="H255" s="3"/>
+      <c r="I255" s="3"/>
+      <c r="J255" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K255" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L255" s="3" t="inlineStr">
+        <is>
+          <t>660,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
+      <c r="A256" s="3" t="inlineStr">
+        <is>
+          <t>TABO</t>
+        </is>
+      </c>
+      <c r="B256" s="4" t="inlineStr">
+        <is>
+          <t>154호2715</t>
+        </is>
+      </c>
+      <c r="C256" s="4" t="inlineStr">
+        <is>
+          <t>디엣지쏘나타 스마트드림 L 2.0 비지니스1</t>
+        </is>
+      </c>
+      <c r="D256" s="4" t="inlineStr">
+        <is>
+          <t>하이패스+ECM룸미러,컴포트I,인포테인먼트내비
+I</t>
+        </is>
+      </c>
+      <c r="E256" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F256" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G256" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H256" s="3" t="inlineStr">
+        <is>
+          <t>23년10월</t>
+        </is>
+      </c>
+      <c r="I256" s="3" t="inlineStr">
+        <is>
+          <t>21,602KM</t>
+        </is>
+      </c>
+      <c r="J256" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K256" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L256" s="3" t="inlineStr">
+        <is>
+          <t>650,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
+      <c r="A257" s="3"/>
+      <c r="B257" s="4"/>
+      <c r="C257" s="4"/>
+      <c r="D257" s="4"/>
+      <c r="E257" s="3"/>
+      <c r="F257" s="3"/>
+      <c r="G257" s="3"/>
+      <c r="H257" s="3"/>
+      <c r="I257" s="3"/>
+      <c r="J257" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K257" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L257" s="3" t="inlineStr">
+        <is>
+          <t>700,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
+      <c r="A258" s="3"/>
+      <c r="B258" s="4"/>
+      <c r="C258" s="4"/>
+      <c r="D258" s="4"/>
+      <c r="E258" s="3"/>
+      <c r="F258" s="3"/>
+      <c r="G258" s="3"/>
+      <c r="H258" s="3"/>
+      <c r="I258" s="3"/>
+      <c r="J258" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K258" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L258" s="3" t="inlineStr">
+        <is>
+          <t>670,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
+      <c r="A259" s="3"/>
+      <c r="B259" s="4"/>
+      <c r="C259" s="4"/>
+      <c r="D259" s="4"/>
+      <c r="E259" s="3"/>
+      <c r="F259" s="3"/>
+      <c r="G259" s="3"/>
+      <c r="H259" s="3"/>
+      <c r="I259" s="3"/>
+      <c r="J259" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K259" s="3" t="inlineStr">
+        <is>
+          <t>120</t>
+        </is>
+      </c>
+      <c r="L259" s="3" t="inlineStr">
+        <is>
+          <t>640,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
+      <c r="A260" s="3" t="inlineStr">
+        <is>
+          <t>TABO</t>
+        </is>
+      </c>
+      <c r="B260" s="4" t="inlineStr">
+        <is>
+          <t>48호2438</t>
+        </is>
+      </c>
+      <c r="C260" s="4" t="inlineStr">
+        <is>
+          <t>k7 하이브리드 노블레스</t>
+        </is>
+      </c>
+      <c r="D260" s="4"/>
+      <c r="E260" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F260" s="3" t="inlineStr">
+        <is>
+          <t>다크그레이</t>
+        </is>
+      </c>
+      <c r="G260" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H260" s="3" t="inlineStr">
+        <is>
+          <t>18년04월</t>
+        </is>
+      </c>
+      <c r="I260" s="3" t="inlineStr">
+        <is>
+          <t>170,863KM</t>
+        </is>
+      </c>
+      <c r="J260" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K260" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L260" s="3" t="inlineStr">
+        <is>
+          <t>700,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
+      <c r="A261" s="3"/>
+      <c r="B261" s="4"/>
+      <c r="C261" s="4"/>
+      <c r="D261" s="4"/>
+      <c r="E261" s="3"/>
+      <c r="F261" s="3"/>
+      <c r="G261" s="3"/>
+      <c r="H261" s="3"/>
+      <c r="I261" s="3"/>
+      <c r="J261" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K261" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L261" s="3" t="inlineStr">
+        <is>
+          <t>670,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
+      <c r="A262" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B262" s="4" t="inlineStr">
+        <is>
+          <t>125호9009</t>
+        </is>
+      </c>
+      <c r="C262" s="4" t="inlineStr">
+        <is>
+          <t>쏘나타 가솔린 2.0 익스클루시브</t>
+        </is>
+      </c>
+      <c r="D262" s="4"/>
+      <c r="E262" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F262" s="3" t="inlineStr">
+        <is>
+          <t>세레니티 화이트 펄</t>
+        </is>
+      </c>
+      <c r="G262" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H262" s="3" t="inlineStr">
+        <is>
+          <t>23년11월</t>
+        </is>
+      </c>
+      <c r="I262" s="3" t="inlineStr">
+        <is>
+          <t>20,000KM</t>
+        </is>
+      </c>
+      <c r="J262" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K262" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L262" s="3" t="inlineStr">
         <is>
           <t>810,000</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
-[...9 lines deleted...]
-      <c r="J243" s="3" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
+      <c r="A263" s="3"/>
+      <c r="B263" s="4"/>
+      <c r="C263" s="4"/>
+      <c r="D263" s="4"/>
+      <c r="E263" s="3"/>
+      <c r="F263" s="3"/>
+      <c r="G263" s="3"/>
+      <c r="H263" s="3"/>
+      <c r="I263" s="3"/>
+      <c r="J263" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K263" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L263" s="3" t="inlineStr">
+        <is>
+          <t>770,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
+      <c r="A264" s="3"/>
+      <c r="B264" s="4"/>
+      <c r="C264" s="4"/>
+      <c r="D264" s="4"/>
+      <c r="E264" s="3"/>
+      <c r="F264" s="3"/>
+      <c r="G264" s="3"/>
+      <c r="H264" s="3"/>
+      <c r="I264" s="3"/>
+      <c r="J264" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K243" s="3" t="inlineStr">
+      <c r="K264" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L243" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>730,000</t>
+      <c r="L264" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
+      <c r="A265" s="3"/>
+      <c r="B265" s="4"/>
+      <c r="C265" s="4"/>
+      <c r="D265" s="4"/>
+      <c r="E265" s="3"/>
+      <c r="F265" s="3"/>
+      <c r="G265" s="3"/>
+      <c r="H265" s="3"/>
+      <c r="I265" s="3"/>
+      <c r="J265" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K265" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L265" s="3" t="inlineStr">
+        <is>
+          <t>620,000</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:A4"/>
     <mergeCell ref="B2:B4"/>
     <mergeCell ref="C2:C4"/>
     <mergeCell ref="D2:D4"/>
     <mergeCell ref="E2:E4"/>
     <mergeCell ref="F2:F4"/>
     <mergeCell ref="G2:G4"/>
     <mergeCell ref="H2:H4"/>
     <mergeCell ref="I2:I4"/>
-    <mergeCell ref="A5:A9"/>
-[...241 lines deleted...]
-    <mergeCell ref="I120:I122"/>
+    <mergeCell ref="A5:A7"/>
+    <mergeCell ref="B5:B7"/>
+    <mergeCell ref="C5:C7"/>
+    <mergeCell ref="D5:D7"/>
+    <mergeCell ref="E5:E7"/>
+    <mergeCell ref="F5:F7"/>
+    <mergeCell ref="G5:G7"/>
+    <mergeCell ref="H5:H7"/>
+    <mergeCell ref="I5:I7"/>
+    <mergeCell ref="A8:A12"/>
+    <mergeCell ref="B8:B12"/>
+    <mergeCell ref="C8:C12"/>
+    <mergeCell ref="D8:D12"/>
+    <mergeCell ref="E8:E12"/>
+    <mergeCell ref="F8:F12"/>
+    <mergeCell ref="G8:G12"/>
+    <mergeCell ref="H8:H12"/>
+    <mergeCell ref="I8:I12"/>
+    <mergeCell ref="A13:A17"/>
+    <mergeCell ref="B13:B17"/>
+    <mergeCell ref="C13:C17"/>
+    <mergeCell ref="D13:D17"/>
+    <mergeCell ref="E13:E17"/>
+    <mergeCell ref="F13:F17"/>
+    <mergeCell ref="G13:G17"/>
+    <mergeCell ref="H13:H17"/>
+    <mergeCell ref="I13:I17"/>
+    <mergeCell ref="A18:A22"/>
+    <mergeCell ref="B18:B22"/>
+    <mergeCell ref="C18:C22"/>
+    <mergeCell ref="D18:D22"/>
+    <mergeCell ref="E18:E22"/>
+    <mergeCell ref="F18:F22"/>
+    <mergeCell ref="G18:G22"/>
+    <mergeCell ref="H18:H22"/>
+    <mergeCell ref="I18:I22"/>
+    <mergeCell ref="A23:A27"/>
+    <mergeCell ref="B23:B27"/>
+    <mergeCell ref="C23:C27"/>
+    <mergeCell ref="D23:D27"/>
+    <mergeCell ref="E23:E27"/>
+    <mergeCell ref="F23:F27"/>
+    <mergeCell ref="G23:G27"/>
+    <mergeCell ref="H23:H27"/>
+    <mergeCell ref="I23:I27"/>
+    <mergeCell ref="A28:A32"/>
+    <mergeCell ref="B28:B32"/>
+    <mergeCell ref="C28:C32"/>
+    <mergeCell ref="D28:D32"/>
+    <mergeCell ref="E28:E32"/>
+    <mergeCell ref="F28:F32"/>
+    <mergeCell ref="G28:G32"/>
+    <mergeCell ref="H28:H32"/>
+    <mergeCell ref="I28:I32"/>
+    <mergeCell ref="A33:A37"/>
+    <mergeCell ref="B33:B37"/>
+    <mergeCell ref="C33:C37"/>
+    <mergeCell ref="D33:D37"/>
+    <mergeCell ref="E33:E37"/>
+    <mergeCell ref="F33:F37"/>
+    <mergeCell ref="G33:G37"/>
+    <mergeCell ref="H33:H37"/>
+    <mergeCell ref="I33:I37"/>
+    <mergeCell ref="A38:A42"/>
+    <mergeCell ref="B38:B42"/>
+    <mergeCell ref="C38:C42"/>
+    <mergeCell ref="D38:D42"/>
+    <mergeCell ref="E38:E42"/>
+    <mergeCell ref="F38:F42"/>
+    <mergeCell ref="G38:G42"/>
+    <mergeCell ref="H38:H42"/>
+    <mergeCell ref="I38:I42"/>
+    <mergeCell ref="A43:A47"/>
+    <mergeCell ref="B43:B47"/>
+    <mergeCell ref="C43:C47"/>
+    <mergeCell ref="D43:D47"/>
+    <mergeCell ref="E43:E47"/>
+    <mergeCell ref="F43:F47"/>
+    <mergeCell ref="G43:G47"/>
+    <mergeCell ref="H43:H47"/>
+    <mergeCell ref="I43:I47"/>
+    <mergeCell ref="A48:A52"/>
+    <mergeCell ref="B48:B52"/>
+    <mergeCell ref="C48:C52"/>
+    <mergeCell ref="D48:D52"/>
+    <mergeCell ref="E48:E52"/>
+    <mergeCell ref="F48:F52"/>
+    <mergeCell ref="G48:G52"/>
+    <mergeCell ref="H48:H52"/>
+    <mergeCell ref="I48:I52"/>
+    <mergeCell ref="A53:A57"/>
+    <mergeCell ref="B53:B57"/>
+    <mergeCell ref="C53:C57"/>
+    <mergeCell ref="D53:D57"/>
+    <mergeCell ref="E53:E57"/>
+    <mergeCell ref="F53:F57"/>
+    <mergeCell ref="G53:G57"/>
+    <mergeCell ref="H53:H57"/>
+    <mergeCell ref="I53:I57"/>
+    <mergeCell ref="A58:A62"/>
+    <mergeCell ref="B58:B62"/>
+    <mergeCell ref="C58:C62"/>
+    <mergeCell ref="D58:D62"/>
+    <mergeCell ref="E58:E62"/>
+    <mergeCell ref="F58:F62"/>
+    <mergeCell ref="G58:G62"/>
+    <mergeCell ref="H58:H62"/>
+    <mergeCell ref="I58:I62"/>
+    <mergeCell ref="A63:A67"/>
+    <mergeCell ref="B63:B67"/>
+    <mergeCell ref="C63:C67"/>
+    <mergeCell ref="D63:D67"/>
+    <mergeCell ref="E63:E67"/>
+    <mergeCell ref="F63:F67"/>
+    <mergeCell ref="G63:G67"/>
+    <mergeCell ref="H63:H67"/>
+    <mergeCell ref="I63:I67"/>
+    <mergeCell ref="A68:A72"/>
+    <mergeCell ref="B68:B72"/>
+    <mergeCell ref="C68:C72"/>
+    <mergeCell ref="D68:D72"/>
+    <mergeCell ref="E68:E72"/>
+    <mergeCell ref="F68:F72"/>
+    <mergeCell ref="G68:G72"/>
+    <mergeCell ref="H68:H72"/>
+    <mergeCell ref="I68:I72"/>
+    <mergeCell ref="A73:A77"/>
+    <mergeCell ref="B73:B77"/>
+    <mergeCell ref="C73:C77"/>
+    <mergeCell ref="D73:D77"/>
+    <mergeCell ref="E73:E77"/>
+    <mergeCell ref="F73:F77"/>
+    <mergeCell ref="G73:G77"/>
+    <mergeCell ref="H73:H77"/>
+    <mergeCell ref="I73:I77"/>
+    <mergeCell ref="A78:A82"/>
+    <mergeCell ref="B78:B82"/>
+    <mergeCell ref="C78:C82"/>
+    <mergeCell ref="D78:D82"/>
+    <mergeCell ref="E78:E82"/>
+    <mergeCell ref="F78:F82"/>
+    <mergeCell ref="G78:G82"/>
+    <mergeCell ref="H78:H82"/>
+    <mergeCell ref="I78:I82"/>
+    <mergeCell ref="A83:A87"/>
+    <mergeCell ref="B83:B87"/>
+    <mergeCell ref="C83:C87"/>
+    <mergeCell ref="D83:D87"/>
+    <mergeCell ref="E83:E87"/>
+    <mergeCell ref="F83:F87"/>
+    <mergeCell ref="G83:G87"/>
+    <mergeCell ref="H83:H87"/>
+    <mergeCell ref="I83:I87"/>
+    <mergeCell ref="A88:A92"/>
+    <mergeCell ref="B88:B92"/>
+    <mergeCell ref="C88:C92"/>
+    <mergeCell ref="D88:D92"/>
+    <mergeCell ref="E88:E92"/>
+    <mergeCell ref="F88:F92"/>
+    <mergeCell ref="G88:G92"/>
+    <mergeCell ref="H88:H92"/>
+    <mergeCell ref="I88:I92"/>
+    <mergeCell ref="A93:A97"/>
+    <mergeCell ref="B93:B97"/>
+    <mergeCell ref="C93:C97"/>
+    <mergeCell ref="D93:D97"/>
+    <mergeCell ref="E93:E97"/>
+    <mergeCell ref="F93:F97"/>
+    <mergeCell ref="G93:G97"/>
+    <mergeCell ref="H93:H97"/>
+    <mergeCell ref="I93:I97"/>
+    <mergeCell ref="A98:A102"/>
+    <mergeCell ref="B98:B102"/>
+    <mergeCell ref="C98:C102"/>
+    <mergeCell ref="D98:D102"/>
+    <mergeCell ref="E98:E102"/>
+    <mergeCell ref="F98:F102"/>
+    <mergeCell ref="G98:G102"/>
+    <mergeCell ref="H98:H102"/>
+    <mergeCell ref="I98:I102"/>
+    <mergeCell ref="A103:A107"/>
+    <mergeCell ref="B103:B107"/>
+    <mergeCell ref="C103:C107"/>
+    <mergeCell ref="D103:D107"/>
+    <mergeCell ref="E103:E107"/>
+    <mergeCell ref="F103:F107"/>
+    <mergeCell ref="G103:G107"/>
+    <mergeCell ref="H103:H107"/>
+    <mergeCell ref="I103:I107"/>
+    <mergeCell ref="A108:A112"/>
+    <mergeCell ref="B108:B112"/>
+    <mergeCell ref="C108:C112"/>
+    <mergeCell ref="D108:D112"/>
+    <mergeCell ref="E108:E112"/>
+    <mergeCell ref="F108:F112"/>
+    <mergeCell ref="G108:G112"/>
+    <mergeCell ref="H108:H112"/>
+    <mergeCell ref="I108:I112"/>
+    <mergeCell ref="A113:A117"/>
+    <mergeCell ref="B113:B117"/>
+    <mergeCell ref="C113:C117"/>
+    <mergeCell ref="D113:D117"/>
+    <mergeCell ref="E113:E117"/>
+    <mergeCell ref="F113:F117"/>
+    <mergeCell ref="G113:G117"/>
+    <mergeCell ref="H113:H117"/>
+    <mergeCell ref="I113:I117"/>
+    <mergeCell ref="A118:A122"/>
+    <mergeCell ref="B118:B122"/>
+    <mergeCell ref="C118:C122"/>
+    <mergeCell ref="D118:D122"/>
+    <mergeCell ref="E118:E122"/>
+    <mergeCell ref="F118:F122"/>
+    <mergeCell ref="G118:G122"/>
+    <mergeCell ref="H118:H122"/>
+    <mergeCell ref="I118:I122"/>
     <mergeCell ref="A123:A125"/>
     <mergeCell ref="B123:B125"/>
     <mergeCell ref="C123:C125"/>
     <mergeCell ref="D123:D125"/>
     <mergeCell ref="E123:E125"/>
     <mergeCell ref="F123:F125"/>
     <mergeCell ref="G123:G125"/>
     <mergeCell ref="H123:H125"/>
     <mergeCell ref="I123:I125"/>
-    <mergeCell ref="A126:A128"/>
-[...286 lines deleted...]
-    <mergeCell ref="I241:I243"/>
+    <mergeCell ref="A126:A130"/>
+    <mergeCell ref="B126:B130"/>
+    <mergeCell ref="C126:C130"/>
+    <mergeCell ref="D126:D130"/>
+    <mergeCell ref="E126:E130"/>
+    <mergeCell ref="F126:F130"/>
+    <mergeCell ref="G126:G130"/>
+    <mergeCell ref="H126:H130"/>
+    <mergeCell ref="I126:I130"/>
+    <mergeCell ref="A131:A135"/>
+    <mergeCell ref="B131:B135"/>
+    <mergeCell ref="C131:C135"/>
+    <mergeCell ref="D131:D135"/>
+    <mergeCell ref="E131:E135"/>
+    <mergeCell ref="F131:F135"/>
+    <mergeCell ref="G131:G135"/>
+    <mergeCell ref="H131:H135"/>
+    <mergeCell ref="I131:I135"/>
+    <mergeCell ref="A136:A140"/>
+    <mergeCell ref="B136:B140"/>
+    <mergeCell ref="C136:C140"/>
+    <mergeCell ref="D136:D140"/>
+    <mergeCell ref="E136:E140"/>
+    <mergeCell ref="F136:F140"/>
+    <mergeCell ref="G136:G140"/>
+    <mergeCell ref="H136:H140"/>
+    <mergeCell ref="I136:I140"/>
+    <mergeCell ref="A141:A145"/>
+    <mergeCell ref="B141:B145"/>
+    <mergeCell ref="C141:C145"/>
+    <mergeCell ref="D141:D145"/>
+    <mergeCell ref="E141:E145"/>
+    <mergeCell ref="F141:F145"/>
+    <mergeCell ref="G141:G145"/>
+    <mergeCell ref="H141:H145"/>
+    <mergeCell ref="I141:I145"/>
+    <mergeCell ref="A146:A149"/>
+    <mergeCell ref="B146:B149"/>
+    <mergeCell ref="C146:C149"/>
+    <mergeCell ref="D146:D149"/>
+    <mergeCell ref="E146:E149"/>
+    <mergeCell ref="F146:F149"/>
+    <mergeCell ref="G146:G149"/>
+    <mergeCell ref="H146:H149"/>
+    <mergeCell ref="I146:I149"/>
+    <mergeCell ref="A150:A152"/>
+    <mergeCell ref="B150:B152"/>
+    <mergeCell ref="C150:C152"/>
+    <mergeCell ref="D150:D152"/>
+    <mergeCell ref="E150:E152"/>
+    <mergeCell ref="F150:F152"/>
+    <mergeCell ref="G150:G152"/>
+    <mergeCell ref="H150:H152"/>
+    <mergeCell ref="I150:I152"/>
+    <mergeCell ref="A153:A155"/>
+    <mergeCell ref="B153:B155"/>
+    <mergeCell ref="C153:C155"/>
+    <mergeCell ref="D153:D155"/>
+    <mergeCell ref="E153:E155"/>
+    <mergeCell ref="F153:F155"/>
+    <mergeCell ref="G153:G155"/>
+    <mergeCell ref="H153:H155"/>
+    <mergeCell ref="I153:I155"/>
+    <mergeCell ref="A156:A157"/>
+    <mergeCell ref="B156:B157"/>
+    <mergeCell ref="C156:C157"/>
+    <mergeCell ref="D156:D157"/>
+    <mergeCell ref="E156:E157"/>
+    <mergeCell ref="F156:F157"/>
+    <mergeCell ref="G156:G157"/>
+    <mergeCell ref="H156:H157"/>
+    <mergeCell ref="I156:I157"/>
+    <mergeCell ref="A158:A160"/>
+    <mergeCell ref="B158:B160"/>
+    <mergeCell ref="C158:C160"/>
+    <mergeCell ref="D158:D160"/>
+    <mergeCell ref="E158:E160"/>
+    <mergeCell ref="F158:F160"/>
+    <mergeCell ref="G158:G160"/>
+    <mergeCell ref="H158:H160"/>
+    <mergeCell ref="I158:I160"/>
+    <mergeCell ref="A161:A163"/>
+    <mergeCell ref="B161:B163"/>
+    <mergeCell ref="C161:C163"/>
+    <mergeCell ref="D161:D163"/>
+    <mergeCell ref="E161:E163"/>
+    <mergeCell ref="F161:F163"/>
+    <mergeCell ref="G161:G163"/>
+    <mergeCell ref="H161:H163"/>
+    <mergeCell ref="I161:I163"/>
+    <mergeCell ref="A164:A166"/>
+    <mergeCell ref="B164:B166"/>
+    <mergeCell ref="C164:C166"/>
+    <mergeCell ref="D164:D166"/>
+    <mergeCell ref="E164:E166"/>
+    <mergeCell ref="F164:F166"/>
+    <mergeCell ref="G164:G166"/>
+    <mergeCell ref="H164:H166"/>
+    <mergeCell ref="I164:I166"/>
+    <mergeCell ref="A167:A169"/>
+    <mergeCell ref="B167:B169"/>
+    <mergeCell ref="C167:C169"/>
+    <mergeCell ref="D167:D169"/>
+    <mergeCell ref="E167:E169"/>
+    <mergeCell ref="F167:F169"/>
+    <mergeCell ref="G167:G169"/>
+    <mergeCell ref="H167:H169"/>
+    <mergeCell ref="I167:I169"/>
+    <mergeCell ref="A170:A171"/>
+    <mergeCell ref="B170:B171"/>
+    <mergeCell ref="C170:C171"/>
+    <mergeCell ref="D170:D171"/>
+    <mergeCell ref="E170:E171"/>
+    <mergeCell ref="F170:F171"/>
+    <mergeCell ref="G170:G171"/>
+    <mergeCell ref="H170:H171"/>
+    <mergeCell ref="I170:I171"/>
+    <mergeCell ref="A172:A173"/>
+    <mergeCell ref="B172:B173"/>
+    <mergeCell ref="C172:C173"/>
+    <mergeCell ref="D172:D173"/>
+    <mergeCell ref="E172:E173"/>
+    <mergeCell ref="F172:F173"/>
+    <mergeCell ref="G172:G173"/>
+    <mergeCell ref="H172:H173"/>
+    <mergeCell ref="I172:I173"/>
+    <mergeCell ref="A174:A175"/>
+    <mergeCell ref="B174:B175"/>
+    <mergeCell ref="C174:C175"/>
+    <mergeCell ref="D174:D175"/>
+    <mergeCell ref="E174:E175"/>
+    <mergeCell ref="F174:F175"/>
+    <mergeCell ref="G174:G175"/>
+    <mergeCell ref="H174:H175"/>
+    <mergeCell ref="I174:I175"/>
+    <mergeCell ref="A176:A178"/>
+    <mergeCell ref="B176:B178"/>
+    <mergeCell ref="C176:C178"/>
+    <mergeCell ref="D176:D178"/>
+    <mergeCell ref="E176:E178"/>
+    <mergeCell ref="F176:F178"/>
+    <mergeCell ref="G176:G178"/>
+    <mergeCell ref="H176:H178"/>
+    <mergeCell ref="I176:I178"/>
+    <mergeCell ref="A179:A181"/>
+    <mergeCell ref="B179:B181"/>
+    <mergeCell ref="C179:C181"/>
+    <mergeCell ref="D179:D181"/>
+    <mergeCell ref="E179:E181"/>
+    <mergeCell ref="F179:F181"/>
+    <mergeCell ref="G179:G181"/>
+    <mergeCell ref="H179:H181"/>
+    <mergeCell ref="I179:I181"/>
+    <mergeCell ref="A182:A184"/>
+    <mergeCell ref="B182:B184"/>
+    <mergeCell ref="C182:C184"/>
+    <mergeCell ref="D182:D184"/>
+    <mergeCell ref="E182:E184"/>
+    <mergeCell ref="F182:F184"/>
+    <mergeCell ref="G182:G184"/>
+    <mergeCell ref="H182:H184"/>
+    <mergeCell ref="I182:I184"/>
+    <mergeCell ref="A185:A188"/>
+    <mergeCell ref="B185:B188"/>
+    <mergeCell ref="C185:C188"/>
+    <mergeCell ref="D185:D188"/>
+    <mergeCell ref="E185:E188"/>
+    <mergeCell ref="F185:F188"/>
+    <mergeCell ref="G185:G188"/>
+    <mergeCell ref="H185:H188"/>
+    <mergeCell ref="I185:I188"/>
+    <mergeCell ref="A189:A192"/>
+    <mergeCell ref="B189:B192"/>
+    <mergeCell ref="C189:C192"/>
+    <mergeCell ref="D189:D192"/>
+    <mergeCell ref="E189:E192"/>
+    <mergeCell ref="F189:F192"/>
+    <mergeCell ref="G189:G192"/>
+    <mergeCell ref="H189:H192"/>
+    <mergeCell ref="I189:I192"/>
+    <mergeCell ref="A193:A195"/>
+    <mergeCell ref="B193:B195"/>
+    <mergeCell ref="C193:C195"/>
+    <mergeCell ref="D193:D195"/>
+    <mergeCell ref="E193:E195"/>
+    <mergeCell ref="F193:F195"/>
+    <mergeCell ref="G193:G195"/>
+    <mergeCell ref="H193:H195"/>
+    <mergeCell ref="I193:I195"/>
+    <mergeCell ref="A196:A200"/>
+    <mergeCell ref="B196:B200"/>
+    <mergeCell ref="C196:C200"/>
+    <mergeCell ref="D196:D200"/>
+    <mergeCell ref="E196:E200"/>
+    <mergeCell ref="F196:F200"/>
+    <mergeCell ref="G196:G200"/>
+    <mergeCell ref="H196:H200"/>
+    <mergeCell ref="I196:I200"/>
+    <mergeCell ref="A201:A203"/>
+    <mergeCell ref="B201:B203"/>
+    <mergeCell ref="C201:C203"/>
+    <mergeCell ref="D201:D203"/>
+    <mergeCell ref="E201:E203"/>
+    <mergeCell ref="F201:F203"/>
+    <mergeCell ref="G201:G203"/>
+    <mergeCell ref="H201:H203"/>
+    <mergeCell ref="I201:I203"/>
+    <mergeCell ref="A204:A207"/>
+    <mergeCell ref="B204:B207"/>
+    <mergeCell ref="C204:C207"/>
+    <mergeCell ref="D204:D207"/>
+    <mergeCell ref="E204:E207"/>
+    <mergeCell ref="F204:F207"/>
+    <mergeCell ref="G204:G207"/>
+    <mergeCell ref="H204:H207"/>
+    <mergeCell ref="I204:I207"/>
+    <mergeCell ref="A208:A211"/>
+    <mergeCell ref="B208:B211"/>
+    <mergeCell ref="C208:C211"/>
+    <mergeCell ref="D208:D211"/>
+    <mergeCell ref="E208:E211"/>
+    <mergeCell ref="F208:F211"/>
+    <mergeCell ref="G208:G211"/>
+    <mergeCell ref="H208:H211"/>
+    <mergeCell ref="I208:I211"/>
+    <mergeCell ref="A212:A215"/>
+    <mergeCell ref="B212:B215"/>
+    <mergeCell ref="C212:C215"/>
+    <mergeCell ref="D212:D215"/>
+    <mergeCell ref="E212:E215"/>
+    <mergeCell ref="F212:F215"/>
+    <mergeCell ref="G212:G215"/>
+    <mergeCell ref="H212:H215"/>
+    <mergeCell ref="I212:I215"/>
+    <mergeCell ref="A216:A218"/>
+    <mergeCell ref="B216:B218"/>
+    <mergeCell ref="C216:C218"/>
+    <mergeCell ref="D216:D218"/>
+    <mergeCell ref="E216:E218"/>
+    <mergeCell ref="F216:F218"/>
+    <mergeCell ref="G216:G218"/>
+    <mergeCell ref="H216:H218"/>
+    <mergeCell ref="I216:I218"/>
+    <mergeCell ref="A219:A221"/>
+    <mergeCell ref="B219:B221"/>
+    <mergeCell ref="C219:C221"/>
+    <mergeCell ref="D219:D221"/>
+    <mergeCell ref="E219:E221"/>
+    <mergeCell ref="F219:F221"/>
+    <mergeCell ref="G219:G221"/>
+    <mergeCell ref="H219:H221"/>
+    <mergeCell ref="I219:I221"/>
+    <mergeCell ref="A222:A224"/>
+    <mergeCell ref="B222:B224"/>
+    <mergeCell ref="C222:C224"/>
+    <mergeCell ref="D222:D224"/>
+    <mergeCell ref="E222:E224"/>
+    <mergeCell ref="F222:F224"/>
+    <mergeCell ref="G222:G224"/>
+    <mergeCell ref="H222:H224"/>
+    <mergeCell ref="I222:I224"/>
+    <mergeCell ref="A225:A229"/>
+    <mergeCell ref="B225:B229"/>
+    <mergeCell ref="C225:C229"/>
+    <mergeCell ref="D225:D229"/>
+    <mergeCell ref="E225:E229"/>
+    <mergeCell ref="F225:F229"/>
+    <mergeCell ref="G225:G229"/>
+    <mergeCell ref="H225:H229"/>
+    <mergeCell ref="I225:I229"/>
+    <mergeCell ref="A230:A231"/>
+    <mergeCell ref="B230:B231"/>
+    <mergeCell ref="C230:C231"/>
+    <mergeCell ref="D230:D231"/>
+    <mergeCell ref="E230:E231"/>
+    <mergeCell ref="F230:F231"/>
+    <mergeCell ref="G230:G231"/>
+    <mergeCell ref="H230:H231"/>
+    <mergeCell ref="I230:I231"/>
+    <mergeCell ref="A232:A234"/>
+    <mergeCell ref="B232:B234"/>
+    <mergeCell ref="C232:C234"/>
+    <mergeCell ref="D232:D234"/>
+    <mergeCell ref="E232:E234"/>
+    <mergeCell ref="F232:F234"/>
+    <mergeCell ref="G232:G234"/>
+    <mergeCell ref="H232:H234"/>
+    <mergeCell ref="I232:I234"/>
+    <mergeCell ref="A235:A239"/>
+    <mergeCell ref="B235:B239"/>
+    <mergeCell ref="C235:C239"/>
+    <mergeCell ref="D235:D239"/>
+    <mergeCell ref="E235:E239"/>
+    <mergeCell ref="F235:F239"/>
+    <mergeCell ref="G235:G239"/>
+    <mergeCell ref="H235:H239"/>
+    <mergeCell ref="I235:I239"/>
+    <mergeCell ref="A240:A242"/>
+    <mergeCell ref="B240:B242"/>
+    <mergeCell ref="C240:C242"/>
+    <mergeCell ref="D240:D242"/>
+    <mergeCell ref="E240:E242"/>
+    <mergeCell ref="F240:F242"/>
+    <mergeCell ref="G240:G242"/>
+    <mergeCell ref="H240:H242"/>
+    <mergeCell ref="I240:I242"/>
+    <mergeCell ref="A243:A245"/>
+    <mergeCell ref="B243:B245"/>
+    <mergeCell ref="C243:C245"/>
+    <mergeCell ref="D243:D245"/>
+    <mergeCell ref="E243:E245"/>
+    <mergeCell ref="F243:F245"/>
+    <mergeCell ref="G243:G245"/>
+    <mergeCell ref="H243:H245"/>
+    <mergeCell ref="I243:I245"/>
+    <mergeCell ref="A246:A248"/>
+    <mergeCell ref="B246:B248"/>
+    <mergeCell ref="C246:C248"/>
+    <mergeCell ref="D246:D248"/>
+    <mergeCell ref="E246:E248"/>
+    <mergeCell ref="F246:F248"/>
+    <mergeCell ref="G246:G248"/>
+    <mergeCell ref="H246:H248"/>
+    <mergeCell ref="I246:I248"/>
+    <mergeCell ref="A251:A255"/>
+    <mergeCell ref="B251:B255"/>
+    <mergeCell ref="C251:C255"/>
+    <mergeCell ref="D251:D255"/>
+    <mergeCell ref="E251:E255"/>
+    <mergeCell ref="F251:F255"/>
+    <mergeCell ref="G251:G255"/>
+    <mergeCell ref="H251:H255"/>
+    <mergeCell ref="I251:I255"/>
+    <mergeCell ref="A256:A259"/>
+    <mergeCell ref="B256:B259"/>
+    <mergeCell ref="C256:C259"/>
+    <mergeCell ref="D256:D259"/>
+    <mergeCell ref="E256:E259"/>
+    <mergeCell ref="F256:F259"/>
+    <mergeCell ref="G256:G259"/>
+    <mergeCell ref="H256:H259"/>
+    <mergeCell ref="I256:I259"/>
+    <mergeCell ref="A260:A261"/>
+    <mergeCell ref="B260:B261"/>
+    <mergeCell ref="C260:C261"/>
+    <mergeCell ref="D260:D261"/>
+    <mergeCell ref="E260:E261"/>
+    <mergeCell ref="F260:F261"/>
+    <mergeCell ref="G260:G261"/>
+    <mergeCell ref="H260:H261"/>
+    <mergeCell ref="I260:I261"/>
+    <mergeCell ref="A262:A265"/>
+    <mergeCell ref="B262:B265"/>
+    <mergeCell ref="C262:C265"/>
+    <mergeCell ref="D262:D265"/>
+    <mergeCell ref="E262:E265"/>
+    <mergeCell ref="F262:F265"/>
+    <mergeCell ref="G262:G265"/>
+    <mergeCell ref="H262:H265"/>
+    <mergeCell ref="I262:I265"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>