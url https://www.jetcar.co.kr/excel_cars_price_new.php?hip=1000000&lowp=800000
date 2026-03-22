--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -152,51 +152,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:L150"/>
+  <dimension ref="A1:L138"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="44"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="18"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="18"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="14"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="13" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>코드</t>
@@ -406,5108 +406,4690 @@
           <t>검정</t>
         </is>
       </c>
       <c r="G5" s="3" t="inlineStr">
         <is>
           <t>경유</t>
         </is>
       </c>
       <c r="H5" s="3" t="inlineStr">
         <is>
           <t>25년07월</t>
         </is>
       </c>
       <c r="I5" s="3" t="inlineStr">
         <is>
           <t>176KM</t>
         </is>
       </c>
       <c r="J5" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K5" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L5" s="3" t="inlineStr">
         <is>
-          <t>1,090,000</t>
+          <t>1,020,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K6" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L6" s="3" t="inlineStr">
         <is>
-          <t>1,030,000</t>
+          <t>970,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3"/>
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K7" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L7" s="3" t="inlineStr">
         <is>
-          <t>980,000</t>
+          <t>920,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
       <c r="B8" s="4" t="inlineStr">
         <is>
-          <t>142호9543</t>
+          <t>151호1363</t>
         </is>
       </c>
       <c r="C8" s="4" t="inlineStr">
         <is>
-          <t>디 올뉴그랜저 스마트스트림 가솔린 2.5 프리미엄</t>
+          <t>더 뉴쏘렌토 하이브리드(MQ4) HEV 1.6 2WD 
+5인승 프레스티지</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>파킹어시스트, 현대스마트센스1, 플래티넘</t>
+          <t>기본형-12.3 클러스터, 드라이브와이즈</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
-          <t>검정</t>
+          <t>화이트펄</t>
         </is>
       </c>
       <c r="G8" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>하이브리드</t>
         </is>
       </c>
       <c r="H8" s="3" t="inlineStr">
         <is>
-          <t>25년12월</t>
+          <t>26년02월</t>
         </is>
       </c>
       <c r="I8" s="3" t="inlineStr">
         <is>
           <t>30KM</t>
         </is>
       </c>
       <c r="J8" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K8" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L8" s="3" t="inlineStr">
         <is>
-          <t>1,070,000</t>
+          <t>1,090,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K9" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L9" s="3" t="inlineStr">
         <is>
-          <t>980,000</t>
+          <t>990,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3"/>
       <c r="B10" s="4"/>
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K10" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L10" s="3" t="inlineStr">
         <is>
-          <t>920,000</t>
+          <t>930,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
-          <t>116호7226</t>
+          <t>116호7435</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>K8 2.5 베스트 셀렉션 (블랙시트)</t>
+          <t>디올뉴 그랜저 2.5 프리미엄 (블랙시트)</t>
         </is>
       </c>
       <c r="D11" s="4"/>
       <c r="E11" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>검정</t>
         </is>
       </c>
       <c r="G11" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H11" s="3" t="inlineStr">
         <is>
-          <t>26년01월</t>
+          <t>26년03월</t>
         </is>
       </c>
       <c r="I11" s="3" t="inlineStr">
         <is>
-          <t>8KM</t>
+          <t>20KM</t>
         </is>
       </c>
       <c r="J11" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K11" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L11" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>920,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3"/>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K12" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L12" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3"/>
       <c r="B13" s="4"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K13" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L13" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>860,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3"/>
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="3"/>
       <c r="F14" s="3"/>
       <c r="G14" s="3"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="J14" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K14" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L14" s="3" t="inlineStr">
         <is>
-          <t>840,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3"/>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K15" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L15" s="3" t="inlineStr">
         <is>
           <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
-          <t>116호7196</t>
+          <t>116호7345/7
+346</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>디올뉴 그랜저 2.5 아너스 (브라운시트)</t>
+          <t>카니발 9인승 1.6 하이브리드 프레스티지 </t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>헤드업디스플레이</t>
+          <t>컨비니언스</t>
         </is>
       </c>
       <c r="E16" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
-          <t>검정</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G16" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>하이브리드</t>
         </is>
       </c>
       <c r="H16" s="3" t="inlineStr">
         <is>
-          <t>26년01월</t>
+          <t>26년02월</t>
         </is>
       </c>
       <c r="I16" s="3" t="inlineStr">
         <is>
-          <t>16KM</t>
+          <t>6KM</t>
         </is>
       </c>
       <c r="J16" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K16" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L16" s="3" t="inlineStr">
         <is>
-          <t>1,030,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3"/>
       <c r="B17" s="4"/>
       <c r="C17" s="4"/>
       <c r="D17" s="4"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K17" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L17" s="3" t="inlineStr">
         <is>
-          <t>1,000,000</t>
+          <t>1,020,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3"/>
       <c r="B18" s="4"/>
       <c r="C18" s="4"/>
       <c r="D18" s="4"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K18" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L18" s="3" t="inlineStr">
         <is>
-          <t>970,000</t>
+          <t>990,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3"/>
       <c r="B19" s="4"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K19" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L19" s="3" t="inlineStr">
         <is>
-          <t>940,000</t>
+          <t>960,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3"/>
       <c r="B20" s="4"/>
       <c r="C20" s="4"/>
       <c r="D20" s="4"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K20" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L20" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>930,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
-          <t>116호7209</t>
+          <t>116호7243</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>K8 2.5 베스트 셀렉션 (블랙시트)</t>
-[...2 lines deleted...]
-      <c r="D21" s="4"/>
+          <t>디올뉴 그랜저 2.5 프리미엄 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스, 현대스마트센스1</t>
+        </is>
+      </c>
       <c r="E21" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>흰색</t>
         </is>
       </c>
       <c r="G21" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H21" s="3" t="inlineStr">
         <is>
           <t>26년01월</t>
         </is>
       </c>
       <c r="I21" s="3" t="inlineStr">
         <is>
           <t>8KM</t>
         </is>
       </c>
       <c r="J21" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K21" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L21" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>935,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3"/>
       <c r="B22" s="4"/>
       <c r="C22" s="4"/>
       <c r="D22" s="4"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K22" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L22" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>905,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3"/>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="4"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K23" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L23" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>875,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3"/>
       <c r="B24" s="4"/>
       <c r="C24" s="4"/>
       <c r="D24" s="4"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K24" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L24" s="3" t="inlineStr">
         <is>
-          <t>840,000</t>
+          <t>845,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3"/>
       <c r="B25" s="4"/>
       <c r="C25" s="4"/>
       <c r="D25" s="4"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K25" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L25" s="3" t="inlineStr">
         <is>
-          <t>800,000</t>
+          <t>815,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
-          <t>116호7225</t>
+          <t>116호7394 /
+ 7446</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>K8 2.5 베스트 셀렉션 인터스텔라그레이 (블랙시트)</t>
+          <t>디올뉴 그랜저 2.5 아너스 (블랙시트)</t>
         </is>
       </c>
       <c r="D26" s="4"/>
       <c r="E26" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
           <t>검정</t>
         </is>
       </c>
       <c r="G26" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H26" s="3" t="inlineStr">
         <is>
-          <t>26년01월</t>
+          <t>26년03월</t>
         </is>
       </c>
       <c r="I26" s="3" t="inlineStr">
         <is>
-          <t>12KM</t>
+          <t>14KM</t>
         </is>
       </c>
       <c r="J26" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K26" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L26" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>1,030,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3"/>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K27" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L27" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3"/>
       <c r="B28" s="4"/>
       <c r="C28" s="4"/>
       <c r="D28" s="4"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K28" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L28" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>970,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3"/>
       <c r="B29" s="4"/>
       <c r="C29" s="4"/>
       <c r="D29" s="4"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K29" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L29" s="3" t="inlineStr">
         <is>
-          <t>840,000</t>
+          <t>940,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3"/>
       <c r="B30" s="4"/>
       <c r="C30" s="4"/>
       <c r="D30" s="4"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K30" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L30" s="3" t="inlineStr">
         <is>
-          <t>800,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
-          <t>116호7243</t>
+          <t>116호7372</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>디올뉴 그랜저 2.5 프리미엄 (블랙시트)</t>
         </is>
       </c>
-      <c r="D31" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D31" s="4"/>
       <c r="E31" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
           <t>흰색</t>
         </is>
       </c>
       <c r="G31" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H31" s="3" t="inlineStr">
         <is>
-          <t>26년01월</t>
+          <t>26년03월</t>
         </is>
       </c>
       <c r="I31" s="3" t="inlineStr">
         <is>
-          <t>8KM</t>
+          <t>11KM</t>
         </is>
       </c>
       <c r="J31" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K31" s="3" t="inlineStr">
         <is>
           <t>120</t>
         </is>
       </c>
       <c r="L31" s="3" t="inlineStr">
         <is>
-          <t>935,000</t>
+          <t>920,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3"/>
       <c r="B32" s="4"/>
       <c r="C32" s="4"/>
       <c r="D32" s="4"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K32" s="3" t="inlineStr">
         <is>
           <t>120</t>
         </is>
       </c>
       <c r="L32" s="3" t="inlineStr">
         <is>
-          <t>905,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3"/>
       <c r="B33" s="4"/>
       <c r="C33" s="4"/>
       <c r="D33" s="4"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K33" s="3" t="inlineStr">
         <is>
           <t>120</t>
         </is>
       </c>
       <c r="L33" s="3" t="inlineStr">
         <is>
-          <t>875,000</t>
+          <t>860,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3"/>
       <c r="B34" s="4"/>
       <c r="C34" s="4"/>
       <c r="D34" s="4"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="J34" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K34" s="3" t="inlineStr">
         <is>
           <t>120</t>
         </is>
       </c>
       <c r="L34" s="3" t="inlineStr">
         <is>
-          <t>845,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3"/>
       <c r="B35" s="4"/>
       <c r="C35" s="4"/>
       <c r="D35" s="4"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K35" s="3" t="inlineStr">
         <is>
           <t>120</t>
         </is>
       </c>
       <c r="L35" s="3" t="inlineStr">
         <is>
-          <t>815,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
-          <t>116호7244</t>
+          <t>116호7447</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>디올뉴 그랜저 2.5 프리미엄 (블랙시트)</t>
+          <t>디 올뉴싼타페 가솔린 2.5 터보 2WD 5인승 H-P
+ICK</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>썬루프, 현대스마트센스1</t>
+          <t>빌트인캠2 &amp; 증강현실내비게이션, 20인치휠&amp;
+타이어</t>
         </is>
       </c>
       <c r="E36" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>흰색</t>
         </is>
       </c>
       <c r="G36" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H36" s="3" t="inlineStr">
         <is>
-          <t>26년01월</t>
+          <t>26년03월</t>
         </is>
       </c>
       <c r="I36" s="3" t="inlineStr">
         <is>
-          <t>10KM</t>
+          <t>6KM</t>
         </is>
       </c>
       <c r="J36" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K36" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L36" s="3" t="inlineStr">
         <is>
-          <t>940,000</t>
+          <t>990,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3"/>
       <c r="B37" s="4"/>
       <c r="C37" s="4"/>
       <c r="D37" s="4"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K37" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L37" s="3" t="inlineStr">
         <is>
-          <t>910,000</t>
+          <t>960,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3"/>
       <c r="B38" s="4"/>
       <c r="C38" s="4"/>
       <c r="D38" s="4"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="J38" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K38" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L38" s="3" t="inlineStr">
         <is>
-          <t>880,000</t>
+          <t>930,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3"/>
       <c r="B39" s="4"/>
       <c r="C39" s="4"/>
       <c r="D39" s="4"/>
       <c r="E39" s="3"/>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="3"/>
       <c r="J39" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K39" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L39" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3"/>
       <c r="B40" s="4"/>
       <c r="C40" s="4"/>
       <c r="D40" s="4"/>
       <c r="E40" s="3"/>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
       <c r="J40" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K40" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L40" s="3" t="inlineStr">
         <is>
-          <t>820,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
-          <t>임시번호</t>
+          <t>116호7448</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>디올뉴 그랜저 2.5 아너스 (블랙시트)</t>
-[...2 lines deleted...]
-      <c r="D41" s="4"/>
+          <t>싼타페 2.5T 익스클루시브</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>빌트인캠 증강현실내비, 파킹어시스트플러스1, 
+헤드업디스플레이</t>
+        </is>
+      </c>
       <c r="E41" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
-          <t>검정</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G41" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H41" s="3" t="inlineStr">
         <is>
-          <t>26년02월</t>
+          <t>26년03월</t>
         </is>
       </c>
       <c r="I41" s="3" t="inlineStr">
         <is>
-          <t>14KM</t>
+          <t>17KM</t>
         </is>
       </c>
       <c r="J41" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K41" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L41" s="3" t="inlineStr">
         <is>
-          <t>1,020,000</t>
+          <t>920,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3"/>
       <c r="B42" s="4"/>
       <c r="C42" s="4"/>
       <c r="D42" s="4"/>
       <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
       <c r="I42" s="3"/>
       <c r="J42" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K42" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L42" s="3" t="inlineStr">
         <is>
-          <t>990,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3"/>
       <c r="B43" s="4"/>
       <c r="C43" s="4"/>
       <c r="D43" s="4"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="J43" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K43" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L43" s="3" t="inlineStr">
         <is>
-          <t>960,000</t>
+          <t>860,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3"/>
       <c r="B44" s="4"/>
       <c r="C44" s="4"/>
       <c r="D44" s="4"/>
       <c r="E44" s="3"/>
       <c r="F44" s="3"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3"/>
       <c r="I44" s="3"/>
       <c r="J44" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K44" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L44" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3"/>
       <c r="B45" s="4"/>
       <c r="C45" s="4"/>
       <c r="D45" s="4"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K45" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L45" s="3" t="inlineStr">
         <is>
-          <t>890,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
-          <t>JET</t>
+          <t>SW</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
-          <t>임시번호</t>
+          <t>116호7432</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>팰리세이드 2.5T 7인승 익스클루시브 </t>
-[...6 lines deleted...]
-      </c>
+          <t>디 올뉴그랜저 스마트스트림 가솔린 2.5 프리미엄</t>
+        </is>
+      </c>
+      <c r="D46" s="4"/>
       <c r="E46" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
           <t>흰색</t>
         </is>
       </c>
       <c r="G46" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H46" s="3" t="inlineStr">
         <is>
-          <t>26년02월</t>
+          <t>26년03월</t>
         </is>
       </c>
       <c r="I46" s="3" t="inlineStr">
         <is>
-          <t>21KM</t>
+          <t>10KM</t>
         </is>
       </c>
       <c r="J46" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K46" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L46" s="3" t="inlineStr">
         <is>
-          <t>1,120,000</t>
+          <t>930,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3"/>
       <c r="B47" s="4"/>
       <c r="C47" s="4"/>
       <c r="D47" s="4"/>
       <c r="E47" s="3"/>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
       <c r="H47" s="3"/>
       <c r="I47" s="3"/>
       <c r="J47" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K47" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L47" s="3" t="inlineStr">
         <is>
-          <t>1,080,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3"/>
       <c r="B48" s="4"/>
       <c r="C48" s="4"/>
       <c r="D48" s="4"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K48" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L48" s="3" t="inlineStr">
         <is>
-          <t>1,040,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3"/>
       <c r="B49" s="4"/>
       <c r="C49" s="4"/>
       <c r="D49" s="4"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K49" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L49" s="3" t="inlineStr">
         <is>
-          <t>1,000,000</t>
+          <t>840,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3"/>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
       <c r="E50" s="3"/>
       <c r="F50" s="3"/>
       <c r="G50" s="3"/>
       <c r="H50" s="3"/>
       <c r="I50" s="3"/>
       <c r="J50" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K50" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L50" s="3" t="inlineStr">
         <is>
-          <t>960,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>TABO</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
-          <t>36호4327</t>
+          <t>154호3183.3
+185.3186</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>BYD 시라이언7</t>
+          <t>뉴그랑콜레오스 하이브리드 아이코닉</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
-          <t>어라운드뷰,뒤자리열선 등</t>
+          <t>BOSE서라운드+엑티브노이즈캔슬레이션, HUD
++차음쉴드글라스+프레임리스 룸미러</t>
         </is>
       </c>
       <c r="E51" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
           <t>화이트</t>
         </is>
       </c>
       <c r="G51" s="3" t="inlineStr">
         <is>
-          <t>전기</t>
+          <t>하이브리드</t>
         </is>
       </c>
       <c r="H51" s="3" t="inlineStr">
         <is>
-          <t>25년10월</t>
+          <t>26년01월</t>
         </is>
       </c>
       <c r="I51" s="3" t="inlineStr">
         <is>
-          <t>5,989KM</t>
+          <t>5KM</t>
         </is>
       </c>
       <c r="J51" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K51" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L51" s="3" t="inlineStr">
         <is>
-          <t>910,000</t>
+          <t>920,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3"/>
       <c r="B52" s="4"/>
       <c r="C52" s="4"/>
       <c r="D52" s="4"/>
       <c r="E52" s="3"/>
       <c r="F52" s="3"/>
       <c r="G52" s="3"/>
       <c r="H52" s="3"/>
       <c r="I52" s="3"/>
       <c r="J52" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K52" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L52" s="3" t="inlineStr">
         <is>
           <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3"/>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K53" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L53" s="3" t="inlineStr">
         <is>
           <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="3" t="inlineStr">
-[...46 lines deleted...]
-      </c>
+      <c r="A54" s="3"/>
+      <c r="B54" s="4"/>
+      <c r="C54" s="4"/>
+      <c r="D54" s="4"/>
+      <c r="E54" s="3"/>
+      <c r="F54" s="3"/>
+      <c r="G54" s="3"/>
+      <c r="H54" s="3"/>
+      <c r="I54" s="3"/>
       <c r="J54" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K54" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L54" s="3" t="inlineStr">
         <is>
-          <t>920,000</t>
+          <t>820,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="3"/>
-[...1 lines deleted...]
-      <c r="C55" s="4"/>
+      <c r="A55" s="3" t="inlineStr">
+        <is>
+          <t>CNC</t>
+        </is>
+      </c>
+      <c r="B55" s="4" t="inlineStr">
+        <is>
+          <t>106호6689</t>
+        </is>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>쏘렌토5인승2.2디젤프레스티지4WD</t>
+        </is>
+      </c>
       <c r="D55" s="4"/>
-      <c r="E55" s="3"/>
-[...3 lines deleted...]
-      <c r="I55" s="3"/>
+      <c r="E55" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F55" s="3" t="inlineStr">
+        <is>
+          <t>스노우화이트펄</t>
+        </is>
+      </c>
+      <c r="G55" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H55" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I55" s="3" t="inlineStr">
+        <is>
+          <t>50KM</t>
+        </is>
+      </c>
       <c r="J55" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K55" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L55" s="3" t="inlineStr">
         <is>
-          <t>880,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3"/>
       <c r="B56" s="4"/>
       <c r="C56" s="4"/>
       <c r="D56" s="4"/>
       <c r="E56" s="3"/>
       <c r="F56" s="3"/>
       <c r="G56" s="3"/>
       <c r="H56" s="3"/>
       <c r="I56" s="3"/>
       <c r="J56" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K56" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L56" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3"/>
       <c r="B57" s="4"/>
       <c r="C57" s="4"/>
       <c r="D57" s="4"/>
       <c r="E57" s="3"/>
       <c r="F57" s="3"/>
       <c r="G57" s="3"/>
       <c r="H57" s="3"/>
       <c r="I57" s="3"/>
       <c r="J57" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K57" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L57" s="3" t="inlineStr">
         <is>
-          <t>820,000</t>
+          <t>980,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="3" t="inlineStr">
-[...46 lines deleted...]
-      </c>
+      <c r="A58" s="3"/>
+      <c r="B58" s="4"/>
+      <c r="C58" s="4"/>
+      <c r="D58" s="4"/>
+      <c r="E58" s="3"/>
+      <c r="F58" s="3"/>
+      <c r="G58" s="3"/>
+      <c r="H58" s="3"/>
+      <c r="I58" s="3"/>
       <c r="J58" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K58" s="3" t="inlineStr">
         <is>
-          <t>200</t>
-[...2 lines deleted...]
-      <c r="L58" s="3"/>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L58" s="3" t="inlineStr">
+        <is>
+          <t>950,000</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3"/>
       <c r="B59" s="4"/>
       <c r="C59" s="4"/>
       <c r="D59" s="4"/>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3"/>
       <c r="I59" s="3"/>
       <c r="J59" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K59" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L59" s="3" t="inlineStr">
         <is>
           <t>920,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="3"/>
-[...7 lines deleted...]
-      <c r="I60" s="3"/>
+      <c r="A60" s="3" t="inlineStr">
+        <is>
+          <t>DY</t>
+        </is>
+      </c>
+      <c r="B60" s="4" t="inlineStr">
+        <is>
+          <t>109허7799</t>
+        </is>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>디 올뉴싼타페 가솔린 2.5 터보 2WD 5인승 익스클
+루시브</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>동승석8WAY전동시트, 베스트셀렉션1</t>
+        </is>
+      </c>
+      <c r="E60" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F60" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G60" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H60" s="3" t="inlineStr">
+        <is>
+          <t>25년09월</t>
+        </is>
+      </c>
+      <c r="I60" s="3" t="inlineStr">
+        <is>
+          <t>2,300KM</t>
+        </is>
+      </c>
       <c r="J60" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K60" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L60" s="3" t="inlineStr">
         <is>
           <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3"/>
       <c r="B61" s="4"/>
       <c r="C61" s="4"/>
       <c r="D61" s="4"/>
       <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
       <c r="I61" s="3"/>
       <c r="J61" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K61" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L61" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A62" s="3"/>
+      <c r="B62" s="4"/>
+      <c r="C62" s="4"/>
+      <c r="D62" s="4"/>
+      <c r="E62" s="3"/>
+      <c r="F62" s="3"/>
+      <c r="G62" s="3"/>
+      <c r="H62" s="3"/>
+      <c r="I62" s="3"/>
       <c r="J62" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K62" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L62" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="3"/>
-[...25 lines deleted...]
-      <c r="A64" s="3" t="inlineStr">
+      <c r="A63" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
-      <c r="B64" s="4" t="inlineStr">
+      <c r="B63" s="4" t="inlineStr">
         <is>
           <t>142호5386</t>
         </is>
       </c>
-      <c r="C64" s="4" t="inlineStr">
+      <c r="C63" s="4" t="inlineStr">
         <is>
           <t>싼타페 (MX5) 가솔린 2.5T 2WD 캘리그래피</t>
         </is>
       </c>
-      <c r="D64" s="4" t="inlineStr">
+      <c r="D63" s="4" t="inlineStr">
         <is>
           <t>빌트인캠2, BOSE프리미엄사운드시스템, 듀얼
 와이드선루프, 현대스마트센스, 파킹어시스트플러
 스2</t>
         </is>
       </c>
-      <c r="E64" s="3" t="inlineStr">
+      <c r="E63" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F64" s="3" t="inlineStr">
+      <c r="F63" s="3" t="inlineStr">
         <is>
           <t>블랙</t>
         </is>
       </c>
-      <c r="G64" s="3" t="inlineStr">
+      <c r="G63" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H64" s="3" t="inlineStr">
+      <c r="H63" s="3" t="inlineStr">
         <is>
           <t>24년06월</t>
         </is>
       </c>
-      <c r="I64" s="3" t="inlineStr">
+      <c r="I63" s="3" t="inlineStr">
         <is>
           <t>30,833KM</t>
         </is>
       </c>
+      <c r="J63" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K63" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L63" s="3" t="inlineStr">
+        <is>
+          <t>1,020,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="3"/>
+      <c r="B64" s="4"/>
+      <c r="C64" s="4"/>
+      <c r="D64" s="4"/>
+      <c r="E64" s="3"/>
+      <c r="F64" s="3"/>
+      <c r="G64" s="3"/>
+      <c r="H64" s="3"/>
+      <c r="I64" s="3"/>
       <c r="J64" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K64" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L64" s="3" t="inlineStr">
+        <is>
+          <t>970,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B65" s="4" t="inlineStr">
+        <is>
+          <t>109허7711</t>
+        </is>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>스타리아 2.2 디젤 라운지 7인승 4WD 인스퍼레이션</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>BOSE프리미엄사운드, 컴포트2</t>
+        </is>
+      </c>
+      <c r="E65" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F65" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G65" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H65" s="3" t="inlineStr">
+        <is>
+          <t>25년07월</t>
+        </is>
+      </c>
+      <c r="I65" s="3" t="inlineStr">
+        <is>
+          <t>3,229KM</t>
+        </is>
+      </c>
+      <c r="J65" s="3" t="inlineStr">
+        <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K64" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="J65" s="3" t="inlineStr">
+      <c r="K65" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L65" s="3" t="inlineStr">
+        <is>
+          <t>1,000,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="3"/>
+      <c r="B66" s="4"/>
+      <c r="C66" s="4"/>
+      <c r="D66" s="4"/>
+      <c r="E66" s="3"/>
+      <c r="F66" s="3"/>
+      <c r="G66" s="3"/>
+      <c r="H66" s="3"/>
+      <c r="I66" s="3"/>
+      <c r="J66" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K65" s="3" t="inlineStr">
-[...60 lines deleted...]
-      </c>
       <c r="K66" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L66" s="3" t="inlineStr">
         <is>
-          <t>890,000</t>
+          <t>950,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3"/>
       <c r="B67" s="4"/>
       <c r="C67" s="4"/>
       <c r="D67" s="4"/>
       <c r="E67" s="3"/>
       <c r="F67" s="3"/>
       <c r="G67" s="3"/>
       <c r="H67" s="3"/>
       <c r="I67" s="3"/>
       <c r="J67" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K67" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L67" s="3" t="inlineStr">
         <is>
-          <t>820,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
-          <t>109하7603</t>
+          <t>142호5579</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
-          <t>더 뉴 스포티지 5세대 하이브리드 HEV 1.6 2WD
- 노블레스</t>
+          <t>디 올뉴그랜저 스마트스트림 가솔린 2.5 익스클루시브</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
-          <t>기본형-컴포트, 드라이브와이즈, 스타일</t>
+          <t>현대스마트센스2, 헤드업디스플레이, 플래티넘</t>
         </is>
       </c>
       <c r="E68" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F68" s="3" t="inlineStr">
         <is>
-          <t>화이트펄</t>
+          <t>검정</t>
         </is>
       </c>
       <c r="G68" s="3" t="inlineStr">
         <is>
-          <t>하이브리드</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H68" s="3" t="inlineStr">
         <is>
-          <t>25년01월</t>
+          <t>24년09월</t>
         </is>
       </c>
       <c r="I68" s="3" t="inlineStr">
         <is>
-          <t>9,168KM</t>
+          <t>18,400KM</t>
         </is>
       </c>
       <c r="J68" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K68" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L68" s="3" t="inlineStr">
         <is>
           <t>950,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3"/>
       <c r="B69" s="4"/>
       <c r="C69" s="4"/>
       <c r="D69" s="4"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K69" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L69" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="3"/>
-[...7 lines deleted...]
-      <c r="I70" s="3"/>
+      <c r="A70" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B70" s="4" t="inlineStr">
+        <is>
+          <t>142호8386</t>
+        </is>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K8 2.5 GDI 시그니처</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>메리디안사운드, HUD, 기본형-드라이브와이즈
+, 프리미엄, 스마트커넥트</t>
+        </is>
+      </c>
+      <c r="E70" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F70" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G70" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H70" s="3" t="inlineStr">
+        <is>
+          <t>25년08월</t>
+        </is>
+      </c>
+      <c r="I70" s="3" t="inlineStr">
+        <is>
+          <t>37,600KM</t>
+        </is>
+      </c>
       <c r="J70" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K70" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L70" s="3" t="inlineStr">
+        <is>
+          <t>1,040,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="3"/>
+      <c r="B71" s="4"/>
+      <c r="C71" s="4"/>
+      <c r="D71" s="4"/>
+      <c r="E71" s="3"/>
+      <c r="F71" s="3"/>
+      <c r="G71" s="3"/>
+      <c r="H71" s="3"/>
+      <c r="I71" s="3"/>
+      <c r="J71" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K70" s="3" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A71" s="3" t="inlineStr">
+      <c r="K71" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L71" s="3" t="inlineStr">
+        <is>
+          <t>970,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
-      <c r="B71" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E71" s="3" t="inlineStr">
+      <c r="B72" s="4" t="inlineStr">
+        <is>
+          <t>142호7065</t>
+        </is>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K8 2.5 GDI 시그니처 블랙</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>기본형(네이비)-드라이브와이즈, 메리디안사운드
+, 선루프</t>
+        </is>
+      </c>
+      <c r="E72" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F71" s="3" t="inlineStr">
-[...44 lines deleted...]
-      <c r="I72" s="3"/>
+      <c r="F72" s="3" t="inlineStr">
+        <is>
+          <t>회색</t>
+        </is>
+      </c>
+      <c r="G72" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H72" s="3" t="inlineStr">
+        <is>
+          <t>25년02월</t>
+        </is>
+      </c>
+      <c r="I72" s="3" t="inlineStr">
+        <is>
+          <t>13,400KM</t>
+        </is>
+      </c>
       <c r="J72" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K72" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L72" s="3" t="inlineStr">
         <is>
-          <t>950,000</t>
+          <t>1,020,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3"/>
       <c r="B73" s="4"/>
       <c r="C73" s="4"/>
       <c r="D73" s="4"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K73" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L73" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>950,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
-          <t>125하2932</t>
+          <t>101호7199</t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
-          <t>K8 2.5 GDI 노블레스</t>
-[...6 lines deleted...]
-      </c>
+          <t>G80 (RG3) 가솔린 2.5 터보 2WD</t>
+        </is>
+      </c>
+      <c r="D74" s="4"/>
       <c r="E74" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F74" s="3" t="inlineStr">
         <is>
-          <t>검정</t>
+          <t>화이트펄</t>
         </is>
       </c>
       <c r="G74" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H74" s="3" t="inlineStr">
         <is>
-          <t>24년04월</t>
+          <t>20년12월</t>
         </is>
       </c>
       <c r="I74" s="3" t="inlineStr">
         <is>
-          <t>29,200KM</t>
+          <t>122,400KM</t>
         </is>
       </c>
       <c r="J74" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K74" s="3" t="inlineStr">
         <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L74" s="3" t="inlineStr">
+        <is>
+          <t>950,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="3" t="inlineStr">
+        <is>
+          <t>INMO</t>
+        </is>
+      </c>
+      <c r="B75" s="4" t="inlineStr">
+        <is>
+          <t>109허7063</t>
+        </is>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>팰리세이드 디젤 2.2 2WD 익스클루시브 7인승</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>에센셜플러스</t>
+        </is>
+      </c>
+      <c r="E75" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F75" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G75" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H75" s="3" t="inlineStr">
+        <is>
+          <t>22년08월</t>
+        </is>
+      </c>
+      <c r="I75" s="3" t="inlineStr">
+        <is>
+          <t>63,696KM</t>
+        </is>
+      </c>
+      <c r="J75" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K75" s="3" t="inlineStr">
+        <is>
           <t>50</t>
         </is>
       </c>
-      <c r="L74" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="L75" s="3" t="inlineStr">
         <is>
-          <t>820,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A76" s="3"/>
+      <c r="B76" s="4"/>
+      <c r="C76" s="4"/>
+      <c r="D76" s="4"/>
+      <c r="E76" s="3"/>
+      <c r="F76" s="3"/>
+      <c r="G76" s="3"/>
+      <c r="H76" s="3"/>
+      <c r="I76" s="3"/>
       <c r="J76" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K76" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L76" s="3" t="inlineStr">
         <is>
           <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3"/>
       <c r="B77" s="4"/>
       <c r="C77" s="4"/>
       <c r="D77" s="4"/>
       <c r="E77" s="3"/>
       <c r="F77" s="3"/>
       <c r="G77" s="3"/>
       <c r="H77" s="3"/>
       <c r="I77" s="3"/>
       <c r="J77" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K77" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L77" s="3" t="inlineStr">
         <is>
-          <t>820,000</t>
+          <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>INMO</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
-          <t>109허7063</t>
+          <t>01호2319</t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>팰리세이드 디젤 2.2 2WD 익스클루시브 7인승</t>
+          <t>디 올뉴그랜저 스마트스트림 가솔린 2.5 익스클루시브</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
-          <t>에센셜플러스</t>
+          <t>익스클루시브</t>
         </is>
       </c>
       <c r="E78" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
-          <t>화이트</t>
+          <t>블랙</t>
         </is>
       </c>
       <c r="G78" s="3" t="inlineStr">
         <is>
-          <t>경유</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H78" s="3" t="inlineStr">
         <is>
-          <t>22년08월</t>
+          <t>24년01월</t>
         </is>
       </c>
       <c r="I78" s="3" t="inlineStr">
         <is>
-          <t>61,652KM</t>
+          <t>36,818KM</t>
         </is>
       </c>
       <c r="J78" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K78" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L78" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3"/>
       <c r="B79" s="4"/>
       <c r="C79" s="4"/>
       <c r="D79" s="4"/>
       <c r="E79" s="3"/>
       <c r="F79" s="3"/>
       <c r="G79" s="3"/>
       <c r="H79" s="3"/>
       <c r="I79" s="3"/>
       <c r="J79" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K79" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L79" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3"/>
       <c r="B80" s="4"/>
       <c r="C80" s="4"/>
       <c r="D80" s="4"/>
       <c r="E80" s="3"/>
       <c r="F80" s="3"/>
       <c r="G80" s="3"/>
       <c r="H80" s="3"/>
       <c r="I80" s="3"/>
       <c r="J80" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K80" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L80" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>950,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E81" s="3" t="inlineStr">
+      <c r="A81" s="3"/>
+      <c r="B81" s="4"/>
+      <c r="C81" s="4"/>
+      <c r="D81" s="4"/>
+      <c r="E81" s="3"/>
+      <c r="F81" s="3"/>
+      <c r="G81" s="3"/>
+      <c r="H81" s="3"/>
+      <c r="I81" s="3"/>
+      <c r="J81" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K81" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L81" s="3" t="inlineStr">
+        <is>
+          <t>900,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B82" s="4" t="inlineStr">
+        <is>
+          <t>116호6205</t>
+        </is>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>스타리아 라운지 9인승 4WD 인스퍼레이션 (브라운시트
+)</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>HTRAC,썬루프,보스사운드,컴포트</t>
+        </is>
+      </c>
+      <c r="E82" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F81" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J81" s="3" t="inlineStr">
+      <c r="F82" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G82" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H82" s="3" t="inlineStr">
+        <is>
+          <t>25년02월</t>
+        </is>
+      </c>
+      <c r="I82" s="3" t="inlineStr">
+        <is>
+          <t>9,742KM</t>
+        </is>
+      </c>
+      <c r="J82" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K81" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L81" s="3" t="inlineStr">
+      <c r="K82" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L82" s="3" t="inlineStr">
         <is>
           <t>1,050,000</t>
-        </is>
-[...24 lines deleted...]
-          <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3"/>
       <c r="B83" s="4"/>
       <c r="C83" s="4"/>
       <c r="D83" s="4"/>
       <c r="E83" s="3"/>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
       <c r="H83" s="3"/>
       <c r="I83" s="3"/>
       <c r="J83" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K83" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L83" s="3" t="inlineStr">
         <is>
-          <t>950,000</t>
+          <t>1,020,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3"/>
       <c r="B84" s="4"/>
       <c r="C84" s="4"/>
       <c r="D84" s="4"/>
       <c r="E84" s="3"/>
       <c r="F84" s="3"/>
       <c r="G84" s="3"/>
       <c r="H84" s="3"/>
       <c r="I84" s="3"/>
       <c r="J84" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K84" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L84" s="3" t="inlineStr">
+        <is>
+          <t>990,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="3"/>
+      <c r="B85" s="4"/>
+      <c r="C85" s="4"/>
+      <c r="D85" s="4"/>
+      <c r="E85" s="3"/>
+      <c r="F85" s="3"/>
+      <c r="G85" s="3"/>
+      <c r="H85" s="3"/>
+      <c r="I85" s="3"/>
+      <c r="J85" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K84" s="3" t="inlineStr">
-[...61 lines deleted...]
-      </c>
       <c r="K85" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L85" s="3" t="inlineStr">
         <is>
-          <t>1,050,000</t>
+          <t>960,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3"/>
       <c r="B86" s="4"/>
       <c r="C86" s="4"/>
       <c r="D86" s="4"/>
       <c r="E86" s="3"/>
       <c r="F86" s="3"/>
       <c r="G86" s="3"/>
       <c r="H86" s="3"/>
       <c r="I86" s="3"/>
       <c r="J86" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K86" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L86" s="3" t="inlineStr">
         <is>
-          <t>1,020,000</t>
+          <t>930,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="3"/>
-[...7 lines deleted...]
-      <c r="I87" s="3"/>
+      <c r="A87" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B87" s="4" t="inlineStr">
+        <is>
+          <t>153하4800</t>
+        </is>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>더 올뉴G80 가솔린 2.5 터보 2WD 기본형</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>파퓰러 패키지, 20인치 휠</t>
+        </is>
+      </c>
+      <c r="E87" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F87" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G87" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H87" s="3" t="inlineStr">
+        <is>
+          <t>21년02월</t>
+        </is>
+      </c>
+      <c r="I87" s="3" t="inlineStr">
+        <is>
+          <t>116,275KM</t>
+        </is>
+      </c>
       <c r="J87" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K87" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L87" s="3" t="inlineStr">
         <is>
-          <t>990,000</t>
+          <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3"/>
       <c r="B88" s="4"/>
       <c r="C88" s="4"/>
       <c r="D88" s="4"/>
       <c r="E88" s="3"/>
       <c r="F88" s="3"/>
       <c r="G88" s="3"/>
       <c r="H88" s="3"/>
       <c r="I88" s="3"/>
       <c r="J88" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K88" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L88" s="3" t="inlineStr">
         <is>
-          <t>960,000</t>
+          <t>950,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3"/>
       <c r="B89" s="4"/>
       <c r="C89" s="4"/>
       <c r="D89" s="4"/>
       <c r="E89" s="3"/>
       <c r="F89" s="3"/>
       <c r="G89" s="3"/>
       <c r="H89" s="3"/>
       <c r="I89" s="3"/>
       <c r="J89" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K89" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L89" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
       <c r="B90" s="4" t="inlineStr">
         <is>
-          <t>116허7510</t>
+          <t>116허6243</t>
         </is>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
-          <t>GV70 2.5T</t>
-[...6 lines deleted...]
-      </c>
+          <t>E클래스(5세대) E250 Avantgarde</t>
+        </is>
+      </c>
+      <c r="D90" s="4"/>
       <c r="E90" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
           <t>검정</t>
         </is>
       </c>
       <c r="G90" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H90" s="3" t="inlineStr">
         <is>
-          <t>23년11월</t>
+          <t>22년12월</t>
         </is>
       </c>
       <c r="I90" s="3" t="inlineStr">
         <is>
-          <t>40,387KM</t>
+          <t>81,108KM</t>
         </is>
       </c>
       <c r="J90" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K90" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L90" s="3" t="inlineStr">
         <is>
-          <t>1,060,000</t>
+          <t>1,100,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3"/>
       <c r="B91" s="4"/>
       <c r="C91" s="4"/>
       <c r="D91" s="4"/>
       <c r="E91" s="3"/>
       <c r="F91" s="3"/>
       <c r="G91" s="3"/>
       <c r="H91" s="3"/>
       <c r="I91" s="3"/>
       <c r="J91" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K91" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L91" s="3" t="inlineStr">
         <is>
-          <t>1,020,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3"/>
       <c r="B92" s="4"/>
       <c r="C92" s="4"/>
       <c r="D92" s="4"/>
       <c r="E92" s="3"/>
       <c r="F92" s="3"/>
       <c r="G92" s="3"/>
       <c r="H92" s="3"/>
       <c r="I92" s="3"/>
       <c r="J92" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K92" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L92" s="3" t="inlineStr">
         <is>
-          <t>980,000</t>
+          <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="3"/>
-[...7 lines deleted...]
-      <c r="I93" s="3"/>
+      <c r="A93" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B93" s="4" t="inlineStr">
+        <is>
+          <t>142호6508</t>
+        </is>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K8 하이브리드 노블레스</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>투톤휠(브라운/베이지)-드라이브와이즈</t>
+        </is>
+      </c>
+      <c r="E93" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F93" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G93" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H93" s="3" t="inlineStr">
+        <is>
+          <t>24년11월</t>
+        </is>
+      </c>
+      <c r="I93" s="3" t="inlineStr">
+        <is>
+          <t>26,300KM</t>
+        </is>
+      </c>
       <c r="J93" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K93" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L93" s="3" t="inlineStr">
         <is>
-          <t>940,000</t>
+          <t>990,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3"/>
       <c r="B94" s="4"/>
       <c r="C94" s="4"/>
       <c r="D94" s="4"/>
       <c r="E94" s="3"/>
       <c r="F94" s="3"/>
       <c r="G94" s="3"/>
       <c r="H94" s="3"/>
       <c r="I94" s="3"/>
       <c r="J94" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K94" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L94" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>950,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A95" s="3"/>
+      <c r="B95" s="4"/>
+      <c r="C95" s="4"/>
+      <c r="D95" s="4"/>
+      <c r="E95" s="3"/>
+      <c r="F95" s="3"/>
+      <c r="G95" s="3"/>
+      <c r="H95" s="3"/>
+      <c r="I95" s="3"/>
       <c r="J95" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K95" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L95" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>910,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3"/>
       <c r="B96" s="4"/>
       <c r="C96" s="4"/>
       <c r="D96" s="4"/>
       <c r="E96" s="3"/>
       <c r="F96" s="3"/>
       <c r="G96" s="3"/>
       <c r="H96" s="3"/>
       <c r="I96" s="3"/>
       <c r="J96" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K96" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L96" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3"/>
       <c r="B97" s="4"/>
       <c r="C97" s="4"/>
       <c r="D97" s="4"/>
       <c r="E97" s="3"/>
       <c r="F97" s="3"/>
       <c r="G97" s="3"/>
       <c r="H97" s="3"/>
       <c r="I97" s="3"/>
       <c r="J97" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K97" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L97" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="3"/>
-[...7 lines deleted...]
-      <c r="I98" s="3"/>
+      <c r="A98" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B98" s="4" t="inlineStr">
+        <is>
+          <t>101하2785</t>
+        </is>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>더 올뉴G80 가솔린 3.5 터보 AWD 기본형</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>파퓰러 패키지, 빌트인캠</t>
+        </is>
+      </c>
+      <c r="E98" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F98" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G98" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H98" s="3" t="inlineStr">
+        <is>
+          <t>21년11월</t>
+        </is>
+      </c>
+      <c r="I98" s="3" t="inlineStr">
+        <is>
+          <t>77,400KM</t>
+        </is>
+      </c>
       <c r="J98" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K98" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L98" s="3" t="inlineStr">
         <is>
-          <t>840,000</t>
+          <t>1,200,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3"/>
       <c r="B99" s="4"/>
       <c r="C99" s="4"/>
       <c r="D99" s="4"/>
       <c r="E99" s="3"/>
       <c r="F99" s="3"/>
       <c r="G99" s="3"/>
       <c r="H99" s="3"/>
       <c r="I99" s="3"/>
       <c r="J99" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K99" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L99" s="3" t="inlineStr">
         <is>
-          <t>810,000</t>
+          <t>1,150,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A100" s="3"/>
+      <c r="B100" s="4"/>
+      <c r="C100" s="4"/>
+      <c r="D100" s="4"/>
+      <c r="E100" s="3"/>
+      <c r="F100" s="3"/>
+      <c r="G100" s="3"/>
+      <c r="H100" s="3"/>
+      <c r="I100" s="3"/>
       <c r="J100" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K100" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L100" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3"/>
       <c r="B101" s="4"/>
       <c r="C101" s="4"/>
       <c r="D101" s="4"/>
       <c r="E101" s="3"/>
       <c r="F101" s="3"/>
       <c r="G101" s="3"/>
       <c r="H101" s="3"/>
       <c r="I101" s="3"/>
       <c r="J101" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K101" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L101" s="3" t="inlineStr">
+        <is>
+          <t>990,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="3" t="inlineStr">
+        <is>
+          <t>SKY</t>
+        </is>
+      </c>
+      <c r="B102" s="4" t="inlineStr">
+        <is>
+          <t>101호7926</t>
+        </is>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>더 올뉴투싼 가솔린 1.6 터보 2WD N Line 인
+스퍼레이션</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>미쉐린타이어, 플래티넘 III, 파노라마 선루
+프</t>
+        </is>
+      </c>
+      <c r="E102" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F102" s="3" t="inlineStr">
+        <is>
+          <t>오로라 블랙펄</t>
+        </is>
+      </c>
+      <c r="G102" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H102" s="3" t="inlineStr">
+        <is>
+          <t>22년02월</t>
+        </is>
+      </c>
+      <c r="I102" s="3" t="inlineStr">
+        <is>
+          <t>85,000KM</t>
+        </is>
+      </c>
+      <c r="J102" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K102" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L102" s="3" t="inlineStr">
+        <is>
+          <t>700,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="3"/>
+      <c r="B103" s="4"/>
+      <c r="C103" s="4"/>
+      <c r="D103" s="4"/>
+      <c r="E103" s="3"/>
+      <c r="F103" s="3"/>
+      <c r="G103" s="3"/>
+      <c r="H103" s="3"/>
+      <c r="I103" s="3"/>
+      <c r="J103" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K101" s="3" t="inlineStr">
-[...86 lines deleted...]
-      </c>
       <c r="K103" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L103" s="3" t="inlineStr">
         <is>
-          <t>990,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3"/>
       <c r="B104" s="4"/>
       <c r="C104" s="4"/>
       <c r="D104" s="4"/>
       <c r="E104" s="3"/>
       <c r="F104" s="3"/>
       <c r="G104" s="3"/>
       <c r="H104" s="3"/>
       <c r="I104" s="3"/>
       <c r="J104" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K104" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L104" s="3" t="inlineStr">
         <is>
-          <t>950,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="3"/>
-[...7 lines deleted...]
-      <c r="I105" s="3"/>
+      <c r="A105" s="3" t="inlineStr">
+        <is>
+          <t>SKY</t>
+        </is>
+      </c>
+      <c r="B105" s="4" t="inlineStr">
+        <is>
+          <t>125호9079</t>
+        </is>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>트랙스 크로스오버 1.2 가솔린 터보 ACTIV Plu
+s</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>테크놀로지 패키지</t>
+        </is>
+      </c>
+      <c r="E105" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F105" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G105" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H105" s="3" t="inlineStr">
+        <is>
+          <t>24년03월</t>
+        </is>
+      </c>
+      <c r="I105" s="3" t="inlineStr">
+        <is>
+          <t>19,000KM</t>
+        </is>
+      </c>
       <c r="J105" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K105" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L105" s="3" t="inlineStr">
         <is>
-          <t>910,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3"/>
       <c r="B106" s="4"/>
       <c r="C106" s="4"/>
       <c r="D106" s="4"/>
       <c r="E106" s="3"/>
       <c r="F106" s="3"/>
       <c r="G106" s="3"/>
       <c r="H106" s="3"/>
       <c r="I106" s="3"/>
       <c r="J106" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K106" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L106" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3"/>
       <c r="B107" s="4"/>
       <c r="C107" s="4"/>
       <c r="D107" s="4"/>
       <c r="E107" s="3"/>
       <c r="F107" s="3"/>
       <c r="G107" s="3"/>
       <c r="H107" s="3"/>
       <c r="I107" s="3"/>
       <c r="J107" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K107" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L107" s="3" t="inlineStr">
         <is>
-          <t>830,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A108" s="3"/>
+      <c r="B108" s="4"/>
+      <c r="C108" s="4"/>
+      <c r="D108" s="4"/>
+      <c r="E108" s="3"/>
+      <c r="F108" s="3"/>
+      <c r="G108" s="3"/>
+      <c r="H108" s="3"/>
+      <c r="I108" s="3"/>
       <c r="J108" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K108" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L108" s="3" t="inlineStr">
         <is>
-          <t>1,200,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3"/>
       <c r="B109" s="4"/>
       <c r="C109" s="4"/>
       <c r="D109" s="4"/>
       <c r="E109" s="3"/>
       <c r="F109" s="3"/>
       <c r="G109" s="3"/>
       <c r="H109" s="3"/>
       <c r="I109" s="3"/>
       <c r="J109" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K109" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L109" s="3" t="inlineStr">
         <is>
-          <t>1,150,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="3"/>
-[...7 lines deleted...]
-      <c r="I110" s="3"/>
+      <c r="A110" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B110" s="4" t="inlineStr">
+        <is>
+          <t>106호6607</t>
+        </is>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>디 올뉴그랜저 LPi 3.5 일반인용 프리미엄(브라운시
+트)</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>플래티넘, 프리미엄초이스</t>
+        </is>
+      </c>
+      <c r="E110" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F110" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G110" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H110" s="3" t="inlineStr">
+        <is>
+          <t>23년06월</t>
+        </is>
+      </c>
+      <c r="I110" s="3" t="inlineStr">
+        <is>
+          <t>71,956KM</t>
+        </is>
+      </c>
       <c r="J110" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K110" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L110" s="3" t="inlineStr">
         <is>
-          <t>1,050,000</t>
+          <t>930,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3"/>
       <c r="B111" s="4"/>
       <c r="C111" s="4"/>
       <c r="D111" s="4"/>
       <c r="E111" s="3"/>
       <c r="F111" s="3"/>
       <c r="G111" s="3"/>
       <c r="H111" s="3"/>
       <c r="I111" s="3"/>
       <c r="J111" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K111" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L111" s="3" t="inlineStr">
         <is>
-          <t>990,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A112" s="3"/>
+      <c r="B112" s="4"/>
+      <c r="C112" s="4"/>
+      <c r="D112" s="4"/>
+      <c r="E112" s="3"/>
+      <c r="F112" s="3"/>
+      <c r="G112" s="3"/>
+      <c r="H112" s="3"/>
+      <c r="I112" s="3"/>
       <c r="J112" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K112" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L112" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3"/>
       <c r="B113" s="4"/>
       <c r="C113" s="4"/>
       <c r="D113" s="4"/>
       <c r="E113" s="3"/>
       <c r="F113" s="3"/>
       <c r="G113" s="3"/>
       <c r="H113" s="3"/>
       <c r="I113" s="3"/>
       <c r="J113" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K113" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L113" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>840,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3"/>
       <c r="B114" s="4"/>
       <c r="C114" s="4"/>
       <c r="D114" s="4"/>
       <c r="E114" s="3"/>
       <c r="F114" s="3"/>
       <c r="G114" s="3"/>
       <c r="H114" s="3"/>
       <c r="I114" s="3"/>
       <c r="J114" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K114" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L114" s="3" t="inlineStr">
         <is>
           <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="3"/>
-[...7 lines deleted...]
-      <c r="I115" s="3"/>
+      <c r="A115" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B115" s="4" t="inlineStr">
+        <is>
+          <t>125호5089</t>
+        </is>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>쏘렌토 2.2 프레스티지 디젤 2WD</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>드라이브 와이즈, 10.25인치 내비게이션</t>
+        </is>
+      </c>
+      <c r="E115" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F115" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G115" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H115" s="3" t="inlineStr">
+        <is>
+          <t>22년01월</t>
+        </is>
+      </c>
+      <c r="I115" s="3" t="inlineStr">
+        <is>
+          <t>40,000KM</t>
+        </is>
+      </c>
       <c r="J115" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K115" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L115" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>1,170,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3"/>
       <c r="B116" s="4"/>
       <c r="C116" s="4"/>
       <c r="D116" s="4"/>
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
       <c r="H116" s="3"/>
       <c r="I116" s="3"/>
       <c r="J116" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K116" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L116" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>1,110,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A117" s="3"/>
+      <c r="B117" s="4"/>
+      <c r="C117" s="4"/>
+      <c r="D117" s="4"/>
+      <c r="E117" s="3"/>
+      <c r="F117" s="3"/>
+      <c r="G117" s="3"/>
+      <c r="H117" s="3"/>
+      <c r="I117" s="3"/>
       <c r="J117" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K117" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L117" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>100,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3"/>
       <c r="B118" s="4"/>
       <c r="C118" s="4"/>
       <c r="D118" s="4"/>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
       <c r="I118" s="3"/>
       <c r="J118" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K118" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L118" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3"/>
       <c r="B119" s="4"/>
       <c r="C119" s="4"/>
       <c r="D119" s="4"/>
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
       <c r="H119" s="3"/>
       <c r="I119" s="3"/>
       <c r="J119" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K119" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L119" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>810,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
-          <t>TABO</t>
+          <t>V</t>
         </is>
       </c>
       <c r="B120" s="4" t="inlineStr">
         <is>
-          <t>154호2566</t>
+          <t>125호9013</t>
         </is>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
-          <t>디올뉴그랜저 3.5 T 익스클루시브</t>
+          <t>싼타페 하이브리드 1.6 프레스티지 하이브리드 2WD</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
-          <t>어라운뷰 등</t>
+          <t>파킹 어시스트 플러스 I, 스마트 센스</t>
         </is>
       </c>
       <c r="E120" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F120" s="3" t="inlineStr">
         <is>
-          <t>블랙</t>
+          <t>화이트</t>
         </is>
       </c>
       <c r="G120" s="3" t="inlineStr">
         <is>
-          <t>LPG</t>
+          <t>하이브리드</t>
         </is>
       </c>
       <c r="H120" s="3" t="inlineStr">
         <is>
-          <t>22년12월</t>
+          <t>23년01월</t>
         </is>
       </c>
       <c r="I120" s="3" t="inlineStr">
         <is>
-          <t>74,000KM</t>
+          <t>38,000KM</t>
         </is>
       </c>
       <c r="J120" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K120" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L120" s="3" t="inlineStr">
         <is>
-          <t>950,000</t>
+          <t>1,170,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3"/>
       <c r="B121" s="4"/>
       <c r="C121" s="4"/>
       <c r="D121" s="4"/>
       <c r="E121" s="3"/>
       <c r="F121" s="3"/>
       <c r="G121" s="3"/>
       <c r="H121" s="3"/>
       <c r="I121" s="3"/>
       <c r="J121" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K121" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L121" s="3" t="inlineStr">
         <is>
-          <t>920,000</t>
+          <t>1,110,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3"/>
       <c r="B122" s="4"/>
       <c r="C122" s="4"/>
       <c r="D122" s="4"/>
       <c r="E122" s="3"/>
       <c r="F122" s="3"/>
       <c r="G122" s="3"/>
       <c r="H122" s="3"/>
       <c r="I122" s="3"/>
       <c r="J122" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K122" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L122" s="3" t="inlineStr">
         <is>
-          <t>890,000</t>
+          <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="3" t="inlineStr">
+      <c r="A123" s="3"/>
+      <c r="B123" s="4"/>
+      <c r="C123" s="4"/>
+      <c r="D123" s="4"/>
+      <c r="E123" s="3"/>
+      <c r="F123" s="3"/>
+      <c r="G123" s="3"/>
+      <c r="H123" s="3"/>
+      <c r="I123" s="3"/>
+      <c r="J123" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K123" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L123" s="3" t="inlineStr">
+        <is>
+          <t>900,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="3" t="inlineStr">
         <is>
           <t>V</t>
         </is>
       </c>
-      <c r="B123" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D123" s="4" t="inlineStr">
+      <c r="B124" s="4" t="inlineStr">
+        <is>
+          <t>125호5127</t>
+        </is>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>그랜저 3.5 프리미엄 LPG 2WD</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
         <is>
           <t>스마트 센스 I</t>
         </is>
       </c>
-      <c r="E123" s="3" t="inlineStr">
+      <c r="E124" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F123" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J123" s="3" t="inlineStr">
+      <c r="F124" s="3" t="inlineStr">
+        <is>
+          <t>블랙</t>
+        </is>
+      </c>
+      <c r="G124" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H124" s="3" t="inlineStr">
+        <is>
+          <t>22년01월</t>
+        </is>
+      </c>
+      <c r="I124" s="3" t="inlineStr">
+        <is>
+          <t>41,000KM</t>
+        </is>
+      </c>
+      <c r="J124" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K123" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K124" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L124" s="3" t="inlineStr">
         <is>
-          <t>1,240,000</t>
+          <t>1,260,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3"/>
       <c r="B125" s="4"/>
       <c r="C125" s="4"/>
       <c r="D125" s="4"/>
       <c r="E125" s="3"/>
       <c r="F125" s="3"/>
       <c r="G125" s="3"/>
       <c r="H125" s="3"/>
       <c r="I125" s="3"/>
       <c r="J125" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K125" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L125" s="3" t="inlineStr">
         <is>
-          <t>1,110,000</t>
+          <t>1,190,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3"/>
       <c r="B126" s="4"/>
       <c r="C126" s="4"/>
       <c r="D126" s="4"/>
       <c r="E126" s="3"/>
       <c r="F126" s="3"/>
       <c r="G126" s="3"/>
       <c r="H126" s="3"/>
       <c r="I126" s="3"/>
       <c r="J126" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K126" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L126" s="3" t="inlineStr">
         <is>
-          <t>1,000,000</t>
+          <t>1,080,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3"/>
       <c r="B127" s="4"/>
       <c r="C127" s="4"/>
       <c r="D127" s="4"/>
       <c r="E127" s="3"/>
       <c r="F127" s="3"/>
       <c r="G127" s="3"/>
       <c r="H127" s="3"/>
       <c r="I127" s="3"/>
       <c r="J127" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K127" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L127" s="3" t="inlineStr">
+        <is>
+          <t>970,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="3"/>
+      <c r="B128" s="4"/>
+      <c r="C128" s="4"/>
+      <c r="D128" s="4"/>
+      <c r="E128" s="3"/>
+      <c r="F128" s="3"/>
+      <c r="G128" s="3"/>
+      <c r="H128" s="3"/>
+      <c r="I128" s="3"/>
+      <c r="J128" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K127" s="3" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A128" s="3" t="inlineStr">
+      <c r="K128" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L128" s="3" t="inlineStr">
+        <is>
+          <t>870,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="3" t="inlineStr">
         <is>
           <t>V</t>
         </is>
       </c>
-      <c r="B128" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E128" s="3" t="inlineStr">
+      <c r="B129" s="4" t="inlineStr">
+        <is>
+          <t>125호5126</t>
+        </is>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>그랜저 3.5 프리미엄 LPG 2WD</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>스마트 센스 I</t>
+        </is>
+      </c>
+      <c r="E129" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F128" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J128" s="3" t="inlineStr">
+      <c r="F129" s="3" t="inlineStr">
+        <is>
+          <t>블랙</t>
+        </is>
+      </c>
+      <c r="G129" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H129" s="3" t="inlineStr">
+        <is>
+          <t>22년12월</t>
+        </is>
+      </c>
+      <c r="I129" s="3" t="inlineStr">
+        <is>
+          <t>33,000KM</t>
+        </is>
+      </c>
+      <c r="J129" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K128" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K129" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L129" s="3" t="inlineStr">
         <is>
-          <t>1,110,000</t>
+          <t>1,260,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3"/>
       <c r="B130" s="4"/>
       <c r="C130" s="4"/>
       <c r="D130" s="4"/>
       <c r="E130" s="3"/>
       <c r="F130" s="3"/>
       <c r="G130" s="3"/>
       <c r="H130" s="3"/>
       <c r="I130" s="3"/>
       <c r="J130" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K130" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L130" s="3" t="inlineStr">
         <is>
-          <t>1,000,000</t>
+          <t>1,190,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3"/>
       <c r="B131" s="4"/>
       <c r="C131" s="4"/>
       <c r="D131" s="4"/>
       <c r="E131" s="3"/>
       <c r="F131" s="3"/>
       <c r="G131" s="3"/>
       <c r="H131" s="3"/>
       <c r="I131" s="3"/>
       <c r="J131" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K131" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L131" s="3" t="inlineStr">
+        <is>
+          <t>1,080,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="3"/>
+      <c r="B132" s="4"/>
+      <c r="C132" s="4"/>
+      <c r="D132" s="4"/>
+      <c r="E132" s="3"/>
+      <c r="F132" s="3"/>
+      <c r="G132" s="3"/>
+      <c r="H132" s="3"/>
+      <c r="I132" s="3"/>
+      <c r="J132" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K131" s="3" t="inlineStr">
-[...60 lines deleted...]
-      </c>
       <c r="K132" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L132" s="3" t="inlineStr">
         <is>
-          <t>1,260,000</t>
+          <t>970,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3"/>
       <c r="B133" s="4"/>
       <c r="C133" s="4"/>
       <c r="D133" s="4"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K133" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L133" s="3" t="inlineStr">
         <is>
-          <t>1,190,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="3"/>
-[...7 lines deleted...]
-      <c r="I134" s="3"/>
+      <c r="A134" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B134" s="4" t="inlineStr">
+        <is>
+          <t>101하5564</t>
+        </is>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>스타리아 라운지 2.2 7인승 인스퍼레이션 디젤 2WD</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>듀얼 와이드 선루프, 컴포트</t>
+        </is>
+      </c>
+      <c r="E134" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F134" s="3" t="inlineStr">
+        <is>
+          <t>그라파이트 그레이 메탈릭</t>
+        </is>
+      </c>
+      <c r="G134" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H134" s="3" t="inlineStr">
+        <is>
+          <t>21년09월</t>
+        </is>
+      </c>
+      <c r="I134" s="3" t="inlineStr">
+        <is>
+          <t>55,000KM</t>
+        </is>
+      </c>
       <c r="J134" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K134" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L134" s="3" t="inlineStr">
         <is>
-          <t>1,080,000</t>
+          <t>1,350,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3"/>
       <c r="B135" s="4"/>
       <c r="C135" s="4"/>
       <c r="D135" s="4"/>
       <c r="E135" s="3"/>
       <c r="F135" s="3"/>
       <c r="G135" s="3"/>
       <c r="H135" s="3"/>
       <c r="I135" s="3"/>
       <c r="J135" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K135" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L135" s="3" t="inlineStr">
         <is>
-          <t>970,000</t>
+          <t>1,280,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3"/>
       <c r="B136" s="4"/>
       <c r="C136" s="4"/>
       <c r="D136" s="4"/>
       <c r="E136" s="3"/>
       <c r="F136" s="3"/>
       <c r="G136" s="3"/>
       <c r="H136" s="3"/>
       <c r="I136" s="3"/>
       <c r="J136" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K136" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L136" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>1,150,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A137" s="3"/>
+      <c r="B137" s="4"/>
+      <c r="C137" s="4"/>
       <c r="D137" s="4"/>
-      <c r="E137" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E137" s="3"/>
+      <c r="F137" s="3"/>
+      <c r="G137" s="3"/>
+      <c r="H137" s="3"/>
+      <c r="I137" s="3"/>
       <c r="J137" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K137" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L137" s="3" t="inlineStr">
         <is>
-          <t>1,150,000</t>
+          <t>1,040,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3"/>
       <c r="B138" s="4"/>
       <c r="C138" s="4"/>
       <c r="D138" s="4"/>
       <c r="E138" s="3"/>
       <c r="F138" s="3"/>
       <c r="G138" s="3"/>
       <c r="H138" s="3"/>
       <c r="I138" s="3"/>
       <c r="J138" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K138" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L138" s="3" t="inlineStr">
-        <is>
-[...382 lines deleted...]
-      <c r="L150" s="3" t="inlineStr">
         <is>
           <t>930,000</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:A4"/>
     <mergeCell ref="B2:B4"/>
     <mergeCell ref="C2:C4"/>
     <mergeCell ref="D2:D4"/>
     <mergeCell ref="E2:E4"/>
     <mergeCell ref="F2:F4"/>
     <mergeCell ref="G2:G4"/>
     <mergeCell ref="H2:H4"/>
     <mergeCell ref="I2:I4"/>
     <mergeCell ref="A5:A7"/>
     <mergeCell ref="B5:B7"/>
     <mergeCell ref="C5:C7"/>
     <mergeCell ref="D5:D7"/>
     <mergeCell ref="E5:E7"/>
     <mergeCell ref="F5:F7"/>
     <mergeCell ref="G5:G7"/>
     <mergeCell ref="H5:H7"/>
     <mergeCell ref="I5:I7"/>
@@ -5570,293 +5152,257 @@
     <mergeCell ref="C36:C40"/>
     <mergeCell ref="D36:D40"/>
     <mergeCell ref="E36:E40"/>
     <mergeCell ref="F36:F40"/>
     <mergeCell ref="G36:G40"/>
     <mergeCell ref="H36:H40"/>
     <mergeCell ref="I36:I40"/>
     <mergeCell ref="A41:A45"/>
     <mergeCell ref="B41:B45"/>
     <mergeCell ref="C41:C45"/>
     <mergeCell ref="D41:D45"/>
     <mergeCell ref="E41:E45"/>
     <mergeCell ref="F41:F45"/>
     <mergeCell ref="G41:G45"/>
     <mergeCell ref="H41:H45"/>
     <mergeCell ref="I41:I45"/>
     <mergeCell ref="A46:A50"/>
     <mergeCell ref="B46:B50"/>
     <mergeCell ref="C46:C50"/>
     <mergeCell ref="D46:D50"/>
     <mergeCell ref="E46:E50"/>
     <mergeCell ref="F46:F50"/>
     <mergeCell ref="G46:G50"/>
     <mergeCell ref="H46:H50"/>
     <mergeCell ref="I46:I50"/>
-    <mergeCell ref="A51:A53"/>
-[...241 lines deleted...]
-    <mergeCell ref="I146:I150"/>
+    <mergeCell ref="A51:A54"/>
+    <mergeCell ref="B51:B54"/>
+    <mergeCell ref="C51:C54"/>
+    <mergeCell ref="D51:D54"/>
+    <mergeCell ref="E51:E54"/>
+    <mergeCell ref="F51:F54"/>
+    <mergeCell ref="G51:G54"/>
+    <mergeCell ref="H51:H54"/>
+    <mergeCell ref="I51:I54"/>
+    <mergeCell ref="A55:A59"/>
+    <mergeCell ref="B55:B59"/>
+    <mergeCell ref="C55:C59"/>
+    <mergeCell ref="D55:D59"/>
+    <mergeCell ref="E55:E59"/>
+    <mergeCell ref="F55:F59"/>
+    <mergeCell ref="G55:G59"/>
+    <mergeCell ref="H55:H59"/>
+    <mergeCell ref="I55:I59"/>
+    <mergeCell ref="A60:A62"/>
+    <mergeCell ref="B60:B62"/>
+    <mergeCell ref="C60:C62"/>
+    <mergeCell ref="D60:D62"/>
+    <mergeCell ref="E60:E62"/>
+    <mergeCell ref="F60:F62"/>
+    <mergeCell ref="G60:G62"/>
+    <mergeCell ref="H60:H62"/>
+    <mergeCell ref="I60:I62"/>
+    <mergeCell ref="A63:A64"/>
+    <mergeCell ref="B63:B64"/>
+    <mergeCell ref="C63:C64"/>
+    <mergeCell ref="D63:D64"/>
+    <mergeCell ref="E63:E64"/>
+    <mergeCell ref="F63:F64"/>
+    <mergeCell ref="G63:G64"/>
+    <mergeCell ref="H63:H64"/>
+    <mergeCell ref="I63:I64"/>
+    <mergeCell ref="A65:A67"/>
+    <mergeCell ref="B65:B67"/>
+    <mergeCell ref="C65:C67"/>
+    <mergeCell ref="D65:D67"/>
+    <mergeCell ref="E65:E67"/>
+    <mergeCell ref="F65:F67"/>
+    <mergeCell ref="G65:G67"/>
+    <mergeCell ref="H65:H67"/>
+    <mergeCell ref="I65:I67"/>
+    <mergeCell ref="A68:A69"/>
+    <mergeCell ref="B68:B69"/>
+    <mergeCell ref="C68:C69"/>
+    <mergeCell ref="D68:D69"/>
+    <mergeCell ref="E68:E69"/>
+    <mergeCell ref="F68:F69"/>
+    <mergeCell ref="G68:G69"/>
+    <mergeCell ref="H68:H69"/>
+    <mergeCell ref="I68:I69"/>
+    <mergeCell ref="A70:A71"/>
+    <mergeCell ref="B70:B71"/>
+    <mergeCell ref="C70:C71"/>
+    <mergeCell ref="D70:D71"/>
+    <mergeCell ref="E70:E71"/>
+    <mergeCell ref="F70:F71"/>
+    <mergeCell ref="G70:G71"/>
+    <mergeCell ref="H70:H71"/>
+    <mergeCell ref="I70:I71"/>
+    <mergeCell ref="A72:A73"/>
+    <mergeCell ref="B72:B73"/>
+    <mergeCell ref="C72:C73"/>
+    <mergeCell ref="D72:D73"/>
+    <mergeCell ref="E72:E73"/>
+    <mergeCell ref="F72:F73"/>
+    <mergeCell ref="G72:G73"/>
+    <mergeCell ref="H72:H73"/>
+    <mergeCell ref="I72:I73"/>
+    <mergeCell ref="A75:A77"/>
+    <mergeCell ref="B75:B77"/>
+    <mergeCell ref="C75:C77"/>
+    <mergeCell ref="D75:D77"/>
+    <mergeCell ref="E75:E77"/>
+    <mergeCell ref="F75:F77"/>
+    <mergeCell ref="G75:G77"/>
+    <mergeCell ref="H75:H77"/>
+    <mergeCell ref="I75:I77"/>
+    <mergeCell ref="A78:A81"/>
+    <mergeCell ref="B78:B81"/>
+    <mergeCell ref="C78:C81"/>
+    <mergeCell ref="D78:D81"/>
+    <mergeCell ref="E78:E81"/>
+    <mergeCell ref="F78:F81"/>
+    <mergeCell ref="G78:G81"/>
+    <mergeCell ref="H78:H81"/>
+    <mergeCell ref="I78:I81"/>
+    <mergeCell ref="A82:A86"/>
+    <mergeCell ref="B82:B86"/>
+    <mergeCell ref="C82:C86"/>
+    <mergeCell ref="D82:D86"/>
+    <mergeCell ref="E82:E86"/>
+    <mergeCell ref="F82:F86"/>
+    <mergeCell ref="G82:G86"/>
+    <mergeCell ref="H82:H86"/>
+    <mergeCell ref="I82:I86"/>
+    <mergeCell ref="A87:A89"/>
+    <mergeCell ref="B87:B89"/>
+    <mergeCell ref="C87:C89"/>
+    <mergeCell ref="D87:D89"/>
+    <mergeCell ref="E87:E89"/>
+    <mergeCell ref="F87:F89"/>
+    <mergeCell ref="G87:G89"/>
+    <mergeCell ref="H87:H89"/>
+    <mergeCell ref="I87:I89"/>
+    <mergeCell ref="A90:A92"/>
+    <mergeCell ref="B90:B92"/>
+    <mergeCell ref="C90:C92"/>
+    <mergeCell ref="D90:D92"/>
+    <mergeCell ref="E90:E92"/>
+    <mergeCell ref="F90:F92"/>
+    <mergeCell ref="G90:G92"/>
+    <mergeCell ref="H90:H92"/>
+    <mergeCell ref="I90:I92"/>
+    <mergeCell ref="A93:A97"/>
+    <mergeCell ref="B93:B97"/>
+    <mergeCell ref="C93:C97"/>
+    <mergeCell ref="D93:D97"/>
+    <mergeCell ref="E93:E97"/>
+    <mergeCell ref="F93:F97"/>
+    <mergeCell ref="G93:G97"/>
+    <mergeCell ref="H93:H97"/>
+    <mergeCell ref="I93:I97"/>
+    <mergeCell ref="A98:A101"/>
+    <mergeCell ref="B98:B101"/>
+    <mergeCell ref="C98:C101"/>
+    <mergeCell ref="D98:D101"/>
+    <mergeCell ref="E98:E101"/>
+    <mergeCell ref="F98:F101"/>
+    <mergeCell ref="G98:G101"/>
+    <mergeCell ref="H98:H101"/>
+    <mergeCell ref="I98:I101"/>
+    <mergeCell ref="A102:A104"/>
+    <mergeCell ref="B102:B104"/>
+    <mergeCell ref="C102:C104"/>
+    <mergeCell ref="D102:D104"/>
+    <mergeCell ref="E102:E104"/>
+    <mergeCell ref="F102:F104"/>
+    <mergeCell ref="G102:G104"/>
+    <mergeCell ref="H102:H104"/>
+    <mergeCell ref="I102:I104"/>
+    <mergeCell ref="A105:A109"/>
+    <mergeCell ref="B105:B109"/>
+    <mergeCell ref="C105:C109"/>
+    <mergeCell ref="D105:D109"/>
+    <mergeCell ref="E105:E109"/>
+    <mergeCell ref="F105:F109"/>
+    <mergeCell ref="G105:G109"/>
+    <mergeCell ref="H105:H109"/>
+    <mergeCell ref="I105:I109"/>
+    <mergeCell ref="A110:A114"/>
+    <mergeCell ref="B110:B114"/>
+    <mergeCell ref="C110:C114"/>
+    <mergeCell ref="D110:D114"/>
+    <mergeCell ref="E110:E114"/>
+    <mergeCell ref="F110:F114"/>
+    <mergeCell ref="G110:G114"/>
+    <mergeCell ref="H110:H114"/>
+    <mergeCell ref="I110:I114"/>
+    <mergeCell ref="A115:A119"/>
+    <mergeCell ref="B115:B119"/>
+    <mergeCell ref="C115:C119"/>
+    <mergeCell ref="D115:D119"/>
+    <mergeCell ref="E115:E119"/>
+    <mergeCell ref="F115:F119"/>
+    <mergeCell ref="G115:G119"/>
+    <mergeCell ref="H115:H119"/>
+    <mergeCell ref="I115:I119"/>
+    <mergeCell ref="A120:A123"/>
+    <mergeCell ref="B120:B123"/>
+    <mergeCell ref="C120:C123"/>
+    <mergeCell ref="D120:D123"/>
+    <mergeCell ref="E120:E123"/>
+    <mergeCell ref="F120:F123"/>
+    <mergeCell ref="G120:G123"/>
+    <mergeCell ref="H120:H123"/>
+    <mergeCell ref="I120:I123"/>
+    <mergeCell ref="A124:A128"/>
+    <mergeCell ref="B124:B128"/>
+    <mergeCell ref="C124:C128"/>
+    <mergeCell ref="D124:D128"/>
+    <mergeCell ref="E124:E128"/>
+    <mergeCell ref="F124:F128"/>
+    <mergeCell ref="G124:G128"/>
+    <mergeCell ref="H124:H128"/>
+    <mergeCell ref="I124:I128"/>
+    <mergeCell ref="A129:A133"/>
+    <mergeCell ref="B129:B133"/>
+    <mergeCell ref="C129:C133"/>
+    <mergeCell ref="D129:D133"/>
+    <mergeCell ref="E129:E133"/>
+    <mergeCell ref="F129:F133"/>
+    <mergeCell ref="G129:G133"/>
+    <mergeCell ref="H129:H133"/>
+    <mergeCell ref="I129:I133"/>
+    <mergeCell ref="A134:A138"/>
+    <mergeCell ref="B134:B138"/>
+    <mergeCell ref="C134:C138"/>
+    <mergeCell ref="D134:D138"/>
+    <mergeCell ref="E134:E138"/>
+    <mergeCell ref="F134:F138"/>
+    <mergeCell ref="G134:G138"/>
+    <mergeCell ref="H134:H138"/>
+    <mergeCell ref="I134:I138"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>